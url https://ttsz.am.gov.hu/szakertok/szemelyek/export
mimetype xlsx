--- v0 (2025-12-04)
+++ v1 (2026-01-23)
@@ -112,9674 +112,11859 @@
           <t>Elérhetőségi adatok</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Szakértői részterületek</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Specializáció</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Státusz</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:6" customHeight="0">
       <c r="A2" s="0" t="inlineStr">
         <is>
           <t>Ábrahám Levente, dr.</t>
         </is>
       </c>
+      <c r="B2" s="0" t="inlineStr">
+        <is>
+          <t>Somogy</t>
+        </is>
+      </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t>7400 Kaposvár, Berzsenyi utca 12.</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-051/2009.</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:6" customHeight="0">
       <c r="A3" s="0" t="inlineStr">
         <is>
           <t>Ács Gábor</t>
         </is>
       </c>
+      <c r="B3" s="0" t="inlineStr">
+        <is>
+          <t>Veszprém</t>
+        </is>
+      </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
           <t>8200 Veszprém, Lóczy Lajos u. 36/B IV. em. 14.</t>
         </is>
       </c>
       <c r="D3" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-018/2012.</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:6" customHeight="0">
       <c r="A4" s="0" t="inlineStr">
         <is>
           <t>Ádámné Pálfi Aletta</t>
         </is>
       </c>
+      <c r="B4" s="0" t="inlineStr">
+        <is>
+          <t>Hajdú-Bihar</t>
+        </is>
+      </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
           <t>4080 Hajdúnánás, Óvoda utca 26. 2/7.</t>
         </is>
       </c>
       <c r="D4" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-053/2014.</t>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:6" customHeight="0">
       <c r="A5" s="0" t="inlineStr">
         <is>
           <t>Agócs Gábor</t>
         </is>
       </c>
+      <c r="B5" s="0" t="inlineStr">
+        <is>
+          <t>Bács-Kiskun</t>
+        </is>
+      </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
           <t>6348 Érsekcsanád, József A. u. 15.</t>
         </is>
       </c>
       <c r="D5" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-011/2012., Tájvédelem: Sz-011/2012.</t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:6" customHeight="0">
       <c r="A6" s="0" t="inlineStr">
         <is>
           <t>Albert László</t>
         </is>
       </c>
+      <c r="B6" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
           <t>2111 Szada, Hajagos u. 5.</t>
         </is>
       </c>
       <c r="D6" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-006/2016.</t>
         </is>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="0">
       <c r="A7" s="0" t="inlineStr">
         <is>
           <t>Ambrus Magdolna</t>
         </is>
       </c>
+      <c r="B7" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
           <t>2146 Mogyoród, Szabadság út 32.</t>
         </is>
       </c>
       <c r="D7" s="0" t="inlineStr">
         <is>
           <t>Földtani természeti értékek és barlangok védelme: SZ-033/2011.</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="0">
       <c r="A8" s="0" t="inlineStr">
         <is>
           <t>Andó József, dr.</t>
         </is>
       </c>
+      <c r="B8" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
           <t>1112 Budapest, Olt utca 31/a.</t>
         </is>
       </c>
       <c r="D8" s="0" t="inlineStr">
         <is>
           <t>Földtani természeti értékek és barlangok védelme: SZ-007/2009.</t>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:6" customHeight="0">
       <c r="A9" s="0" t="inlineStr">
         <is>
           <t>Aradi Csaba, Dr.</t>
         </is>
       </c>
+      <c r="B9" s="0" t="inlineStr">
+        <is>
+          <t>Hajdú-Bihar</t>
+        </is>
+      </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
           <t>4225 Debrecen, Homokhát utca 57.</t>
         </is>
       </c>
       <c r="D9" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-015/2017., Tájvédelem: SZ-015/2017.</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="0">
       <c r="A10" s="0" t="inlineStr">
         <is>
           <t>Auer Jolán</t>
         </is>
       </c>
+      <c r="B10" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
           <t>1147 Budapest, Must utca 4.</t>
         </is>
       </c>
       <c r="D10" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-042/2009., Tájvédelem: SZ-042/2009.</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="0">
       <c r="A11" s="0" t="inlineStr">
         <is>
           <t>Auerbach Anikó</t>
         </is>
       </c>
+      <c r="B11" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
           <t>2183 Galgamácsa, Kéri u. 11., auerbach.aniko@gmail.com</t>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-009/2022.</t>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="0">
       <c r="A12" s="0" t="inlineStr">
         <is>
           <t>Bajor Zoltán</t>
         </is>
       </c>
+      <c r="B12" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
           <t>1148 Budapest, Fogarasi út 55. II. emelet 8.</t>
         </is>
       </c>
       <c r="D12" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-014/2016., Tájvédelem: SZ-014/2016.</t>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="0">
       <c r="A13" s="0" t="inlineStr">
         <is>
           <t>Bakonyi Gábor, Dr.</t>
         </is>
       </c>
+      <c r="B13" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
           <t>1074 Budapest, Dob u. 33.</t>
         </is>
       </c>
       <c r="D13" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-018/2013.</t>
         </is>
       </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:6" customHeight="0">
       <c r="A14" s="0" t="inlineStr">
         <is>
           <t>Balaton Tihamér</t>
         </is>
       </c>
+      <c r="B14" s="0" t="inlineStr">
+        <is>
+          <t>Vas</t>
+        </is>
+      </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
           <t>9724 Lukácsháza, Horváth J. u. 19.</t>
         </is>
       </c>
       <c r="D14" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-046/2014., Tájvédelem: SZ-019/2017.</t>
         </is>
       </c>
       <c r="F14" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:6" customHeight="0">
       <c r="A15" s="0" t="inlineStr">
         <is>
           <t>Balázsné Dr. Langó Zsuzsanna</t>
         </is>
       </c>
+      <c r="B15" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
           <t>1141 Budapest, Szomolány köz 12.</t>
         </is>
       </c>
       <c r="D15" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-039/2009.</t>
         </is>
       </c>
       <c r="F15" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="16" spans="1:6" customHeight="0">
       <c r="A16" s="0" t="inlineStr">
         <is>
           <t>Balog Ákos Pál</t>
         </is>
       </c>
+      <c r="B16" s="0" t="inlineStr">
+        <is>
+          <t>Borsod-Abaúj-Zemplén</t>
+        </is>
+      </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
           <t>3535 Miskolc, Árpád u. 44. 9/1.</t>
         </is>
       </c>
       <c r="D16" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-023/2012</t>
         </is>
       </c>
       <c r="F16" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="17" spans="1:6" customHeight="0">
       <c r="A17" s="0" t="inlineStr">
         <is>
           <t>Balogh Zoltán Ferenc, dr.</t>
         </is>
       </c>
+      <c r="B17" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
           <t>1039 Budapest, Czetz J. u. 15.</t>
         </is>
       </c>
       <c r="D17" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-030/2010.</t>
         </is>
       </c>
       <c r="F17" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:6" customHeight="0">
       <c r="A18" s="0" t="inlineStr">
         <is>
           <t>Balogh Zsombor</t>
         </is>
       </c>
+      <c r="B18" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
           <t>2330 Dunaharaszti, Attila utca 12., baloghzsombor@pr.hu</t>
         </is>
       </c>
       <c r="D18" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-014/2019.</t>
         </is>
       </c>
       <c r="F18" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:6" customHeight="0">
       <c r="A19" s="0" t="inlineStr">
         <is>
           <t>Bankovicsné Dr. Mile Orsolya</t>
         </is>
       </c>
+      <c r="B19" s="0" t="inlineStr">
+        <is>
+          <t>Bács-Kiskun</t>
+        </is>
+      </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
-          <t>6095 Kunszentmiklós, Kunbábony tanya 82.</t>
+          <t>6090 Kunszentmiklós, Kunbábony tanya 82.</t>
         </is>
       </c>
       <c r="D19" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-012/2019.</t>
         </is>
       </c>
       <c r="F19" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:6" customHeight="0">
       <c r="A20" s="0" t="inlineStr">
         <is>
           <t>Barati Sándor</t>
         </is>
       </c>
+      <c r="B20" s="0" t="inlineStr">
+        <is>
+          <t>Borsod-Abaúj-Zemplén</t>
+        </is>
+      </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
-          <t>3779 Radostyán, Szederjes u. 25.</t>
+          <t>3776 Radostyán, Szederjes u. 25.</t>
         </is>
       </c>
       <c r="D20" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-041/2011.</t>
         </is>
       </c>
       <c r="F20" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:6" customHeight="0">
       <c r="A21" s="0" t="inlineStr">
         <is>
           <t>Bardóczyné Székely Emőke, dr.</t>
         </is>
       </c>
+      <c r="B21" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
           <t>1055 Budapest, Szalay utca 3., szekelyemoke@gmail.com, +3620/823-41-47</t>
         </is>
       </c>
       <c r="D21" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-045/2010., Tájvédelem: SZ-003/2009.</t>
         </is>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="22" spans="1:6" customHeight="0">
       <c r="A22" s="0" t="inlineStr">
         <is>
           <t>Barina Zoltán</t>
         </is>
       </c>
+      <c r="B22" s="0" t="inlineStr">
+        <is>
+          <t>Komárom-Esztergom</t>
+        </is>
+      </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
           <t>2535 Mogyorósbánya, Alkotmány u. 4.</t>
         </is>
       </c>
       <c r="D22" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-019/2013.</t>
         </is>
       </c>
       <c r="F22" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="0">
       <c r="A23" s="0" t="inlineStr">
         <is>
           <t>Bartha Dénes, Dr.</t>
         </is>
       </c>
+      <c r="B23" s="0" t="inlineStr">
+        <is>
+          <t>Győr-Moson-Sopron</t>
+        </is>
+      </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
           <t>9400 Sopron, Vörösmarty utca 9.</t>
         </is>
       </c>
       <c r="D23" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-024/2009.</t>
         </is>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="24" spans="1:6" customHeight="0">
       <c r="A24" s="0" t="inlineStr">
         <is>
           <t>Bata Gábor, Dr.</t>
         </is>
       </c>
+      <c r="B24" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
           <t>2040 Budaörs, Boglárka u. 3.</t>
         </is>
       </c>
       <c r="D24" s="0" t="inlineStr">
         <is>
           <t>Földtani természeti értékek és barlangok védelme: Sz-043/2013.</t>
         </is>
       </c>
       <c r="F24" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="25" spans="1:6" customHeight="0">
       <c r="A25" s="0" t="inlineStr">
         <is>
           <t>Báthoryné Nagy Ildikó Réka, PhD</t>
         </is>
       </c>
+      <c r="B25" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
           <t>1136 Budapest, Pannónia utca 54. II.5.</t>
         </is>
       </c>
       <c r="D25" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-042/2010.</t>
         </is>
       </c>
       <c r="F25" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="26" spans="1:6" customHeight="0">
       <c r="A26" s="0" t="inlineStr">
         <is>
           <t>Bauer Norbert</t>
         </is>
       </c>
+      <c r="B26" s="0" t="inlineStr">
+        <is>
+          <t>Komárom-Esztergom</t>
+        </is>
+      </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
           <t>2510 Dorog, Attila u. 42.</t>
         </is>
       </c>
       <c r="D26" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-035/2010.</t>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="27" spans="1:6" customHeight="0">
       <c r="A27" s="0" t="inlineStr">
         <is>
           <t>Bécsy László</t>
         </is>
       </c>
+      <c r="B27" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
           <t>2017 Pócsmegyer, Panoráma utca 68.</t>
         </is>
       </c>
       <c r="D27" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-012/2009.</t>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="28" spans="1:6" customHeight="0">
       <c r="A28" s="0" t="inlineStr">
         <is>
           <t>Bellaagh Mátyás, Dr.</t>
         </is>
       </c>
+      <c r="B28" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
           <t>2013 Pomáz, Kodály Z. u. 1.</t>
         </is>
       </c>
       <c r="D28" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-009/2013.</t>
         </is>
       </c>
       <c r="F28" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="29" spans="1:6" customHeight="0">
       <c r="A29" s="0" t="inlineStr">
         <is>
           <t>Bencsik Tímea</t>
         </is>
       </c>
+      <c r="B29" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
           <t>1094 Budapest, Páva u. 19. III/4.</t>
         </is>
       </c>
       <c r="D29" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-010/2013., Tájvédelem: SZ-010/2013.</t>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="30" spans="1:6" customHeight="0">
       <c r="A30" s="0" t="inlineStr">
         <is>
           <t>Bender Ferenc</t>
         </is>
       </c>
+      <c r="B30" s="0" t="inlineStr">
+        <is>
+          <t>Győr-Moson-Sopron</t>
+        </is>
+      </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
           <t>9072 Nagyszentjános, Attila utca 6/1., bender.ferenc@gmail.com</t>
         </is>
       </c>
       <c r="D30" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-007/2019.</t>
         </is>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="31" spans="1:6" customHeight="0">
       <c r="A31" s="0" t="inlineStr">
         <is>
           <t>Berényi Zsombor Pál</t>
         </is>
       </c>
+      <c r="B31" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
           <t>1117 Budapest, Móricz Zsigmond körtér 12</t>
         </is>
       </c>
       <c r="D31" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-012/2016.</t>
         </is>
       </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="32" spans="1:6" customHeight="0">
       <c r="A32" s="0" t="inlineStr">
         <is>
           <t>Bezzegh Andrea</t>
         </is>
       </c>
+      <c r="B32" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
           <t>1025 Budapest, Őzgida u. 3.</t>
         </is>
       </c>
       <c r="D32" s="0" t="inlineStr">
         <is>
-          <t>Tájvédelem: SZ-006/2015 </t>
+          <t>Tájvédelem: SZ-006/2015</t>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="33" spans="1:6" customHeight="0">
       <c r="A33" s="0" t="inlineStr">
         <is>
           <t>Bíró János</t>
         </is>
       </c>
+      <c r="B33" s="0" t="inlineStr">
+        <is>
+          <t>Szabolcs-Szatmár-Bereg</t>
+        </is>
+      </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
           <t>4400 Nyíregyháza, Nádor u. 32.</t>
         </is>
       </c>
       <c r="D33" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-035/2012., Tájvédelem: SZ-035/2012.</t>
         </is>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="34" spans="1:6" customHeight="0">
       <c r="A34" s="0" t="inlineStr">
         <is>
           <t>Bite Pálné Dr. Pálffy Mária</t>
         </is>
       </c>
+      <c r="B34" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
           <t>1118 Budapest, Bozókvár utca 12.</t>
         </is>
       </c>
       <c r="D34" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-035/2009., Tájvédelem: SZ-035/2009.</t>
         </is>
       </c>
       <c r="F34" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="35" spans="1:6" customHeight="0">
       <c r="A35" s="0" t="inlineStr">
         <is>
           <t>Bódis Judit Zsuzsanna, Dr.</t>
         </is>
       </c>
+      <c r="B35" s="0" t="inlineStr">
+        <is>
+          <t>Zala</t>
+        </is>
+      </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
           <t>8360 Keszthely, Táncsics u. 55.</t>
         </is>
       </c>
       <c r="D35" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-005/2011., Tájvédelem: SZ-037/2010.</t>
         </is>
       </c>
       <c r="F35" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="36" spans="1:6" customHeight="0">
       <c r="A36" s="0" t="inlineStr">
         <is>
           <t>Bodonczi László</t>
         </is>
       </c>
+      <c r="B36" s="0" t="inlineStr">
+        <is>
+          <t>Vas</t>
+        </is>
+      </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
           <t>9941 Őriszentpéter, Alszer u. 28/a.</t>
         </is>
       </c>
       <c r="D36" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-012/2013., Tájvédelem: Sz-012/2013.</t>
         </is>
       </c>
       <c r="F36" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="37" spans="1:6" customHeight="0">
       <c r="A37" s="0" t="inlineStr">
         <is>
           <t>Boldogh Sándor András, dr.</t>
         </is>
       </c>
+      <c r="B37" s="0" t="inlineStr">
+        <is>
+          <t>Borsod-Abaúj-Zemplén</t>
+        </is>
+      </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
           <t>3758 Jósvafő, Petőfi u. 31.</t>
         </is>
       </c>
       <c r="D37" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-003/2011.</t>
         </is>
       </c>
       <c r="F37" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="38" spans="1:6" customHeight="0">
       <c r="A38" s="0" t="inlineStr">
         <is>
           <t>Bölkényi Gábor</t>
         </is>
       </c>
+      <c r="B38" s="0" t="inlineStr">
+        <is>
+          <t>Fejér</t>
+        </is>
+      </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
           <t>2481 Velence, Vasút u. 7.</t>
         </is>
       </c>
       <c r="D38" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-018/2016.</t>
         </is>
       </c>
       <c r="F38" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="39" spans="1:6" customHeight="0">
       <c r="A39" s="0" t="inlineStr">
         <is>
           <t>Boromisza Zsombor, dr.</t>
         </is>
       </c>
+      <c r="B39" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
           <t>1046 Budapest, Munkácsy M. u. 58/a., zsombor.boromisza@gmail.com</t>
         </is>
       </c>
       <c r="D39" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-019/2016., Tájvédelem: SZ-022/2011.</t>
         </is>
       </c>
       <c r="F39" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="40" spans="1:6" customHeight="0">
       <c r="A40" s="0" t="inlineStr">
         <is>
           <t>Boros Emil Endre</t>
         </is>
       </c>
+      <c r="B40" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
           <t>1071 Budapest, Damjanich u. 14. III. em. 2/a</t>
         </is>
       </c>
       <c r="D40" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-072/2011., Tájvédelem: Sz-072/2011.</t>
         </is>
       </c>
       <c r="F40" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="41" spans="1:6" customHeight="0">
       <c r="A41" s="0" t="inlineStr">
         <is>
           <t>Böszörményi Krisztina</t>
         </is>
       </c>
+      <c r="B41" s="0" t="inlineStr">
+        <is>
+          <t>Baranya</t>
+        </is>
+      </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
           <t>7629 Pécs, Körös utca 21.</t>
         </is>
       </c>
       <c r="D41" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-025/2009., Tájvédelem: SZ-025/2009.</t>
         </is>
       </c>
       <c r="F41" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="42" spans="1:6" customHeight="0">
       <c r="A42" s="0" t="inlineStr">
         <is>
           <t>Bruckner Attila</t>
         </is>
       </c>
+      <c r="B42" s="0" t="inlineStr">
+        <is>
+          <t>Veszprém</t>
+        </is>
+      </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
           <t>8300 Tapolca, Bacsó Béla utca 2.</t>
         </is>
       </c>
       <c r="D42" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-043/2009., Tájvédelem: SZ-043/2009.</t>
         </is>
       </c>
       <c r="F42" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="43" spans="1:6" customHeight="0">
       <c r="A43" s="0" t="inlineStr">
         <is>
           <t>Bubics Tamásné</t>
         </is>
       </c>
+      <c r="B43" s="0" t="inlineStr">
+        <is>
+          <t>Zala</t>
+        </is>
+      </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
           <t>8900 Zalaegerszeg, Gárdonyi Géza utca 1/a.</t>
         </is>
       </c>
       <c r="D43" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: Sz-037/2009.</t>
         </is>
       </c>
       <c r="F43" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="44" spans="1:6" customHeight="0">
       <c r="A44" s="0" t="inlineStr">
         <is>
           <t>Burányi Endre</t>
         </is>
       </c>
+      <c r="B44" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
           <t>1015 Budapest, Batthyány u. 61.</t>
         </is>
       </c>
       <c r="D44" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-031/2013.</t>
         </is>
       </c>
       <c r="F44" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="45" spans="1:6" customHeight="0">
       <c r="A45" s="0" t="inlineStr">
         <is>
           <t>Buzetzky Győző Gyula</t>
         </is>
       </c>
+      <c r="B45" s="0" t="inlineStr">
+        <is>
+          <t>Bács-Kiskun</t>
+        </is>
+      </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
-          <t> 6500 Baja, Czirfusz F. u. 26/b.</t>
+          <t>6500 Baja, Czirfusz F. u. 26/b.</t>
         </is>
       </c>
       <c r="D45" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-013/2011.</t>
         </is>
       </c>
       <c r="F45" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="46" spans="1:6" customHeight="0">
       <c r="A46" s="0" t="inlineStr">
         <is>
           <t>Csaba Leventéné, Dr.</t>
         </is>
       </c>
+      <c r="B46" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
           <t>1027 Budapest, Horvát utca 28-36.</t>
         </is>
       </c>
       <c r="D46" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-080/2011.</t>
         </is>
       </c>
       <c r="F46" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="47" spans="1:6" customHeight="0">
       <c r="A47" s="0" t="inlineStr">
         <is>
           <t>Csabai Zoltán Szabolcs, Dr.</t>
         </is>
       </c>
+      <c r="B47" s="0" t="inlineStr">
+        <is>
+          <t>Baranya</t>
+        </is>
+      </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
           <t>7673 Cserkút, Új utca 6.</t>
         </is>
       </c>
       <c r="D47" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-004/2017.</t>
         </is>
       </c>
       <c r="F47" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="48" spans="1:6" customHeight="0">
       <c r="A48" s="0" t="inlineStr">
         <is>
           <t>Csámer Árpád</t>
         </is>
       </c>
+      <c r="B48" s="0" t="inlineStr">
+        <is>
+          <t>Hajdú-Bihar</t>
+        </is>
+      </c>
       <c r="C48" s="0" t="inlineStr">
         <is>
           <t>4032 Debrecen, Németh László u. 22.</t>
         </is>
       </c>
       <c r="D48" s="0" t="inlineStr">
         <is>
           <t>Földtani természeti értékek és barlangok védelme: SZ-86/2010.</t>
         </is>
       </c>
       <c r="F48" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="49" spans="1:6" customHeight="0">
       <c r="A49" s="0" t="inlineStr">
         <is>
           <t>Császárné Uhrin Noémi</t>
         </is>
       </c>
+      <c r="B49" s="0" t="inlineStr">
+        <is>
+          <t>Vas</t>
+        </is>
+      </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
           <t>9700 Szombathely, Arad utca 32.</t>
         </is>
       </c>
       <c r="D49" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-044/2008., Tájvédelem: SZ-044/2008.</t>
         </is>
       </c>
       <c r="F49" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="50" spans="1:6" customHeight="0">
       <c r="A50" s="0" t="inlineStr">
         <is>
           <t>Csecserits Anikó</t>
         </is>
       </c>
+      <c r="B50" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
           <t>1147 Budapest, Huszt utca 4-6., 1. em. 2. ajtó, csaniko7605@gmail.com</t>
         </is>
       </c>
       <c r="D50" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-008/2021.</t>
         </is>
       </c>
       <c r="F50" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="51" spans="1:6" customHeight="0">
       <c r="A51" s="0" t="inlineStr">
         <is>
           <t>Cseppely Nóra</t>
         </is>
       </c>
+      <c r="B51" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
           <t>2051 Biatorbágy, Rákóczi utca 24/F fsz/1.</t>
         </is>
       </c>
       <c r="D51" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-007/2020., Tájvédelem: SZ-066/2014.</t>
         </is>
       </c>
       <c r="F51" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="52" spans="1:6" customHeight="0">
       <c r="A52" s="0" t="inlineStr">
         <is>
           <t>Cserei Pál, Dr.</t>
         </is>
       </c>
+      <c r="B52" s="0" t="inlineStr">
+        <is>
+          <t>Békés</t>
+        </is>
+      </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
           <t>5600 Békéscsaba, Kvasz A. utca 33.</t>
         </is>
       </c>
       <c r="D52" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-023/2009., Tájvédelem: SZ-023/2009.</t>
         </is>
       </c>
       <c r="F52" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="53" spans="1:6" customHeight="0">
       <c r="A53" s="0" t="inlineStr">
         <is>
           <t>Csernavölgyi László, dr.</t>
         </is>
       </c>
+      <c r="B53" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
-          <t>2725 Újlengyel, Dánosi dűlő 38.</t>
+          <t>2724 Újlengyel, Dánosi dűlő 38.</t>
         </is>
       </c>
       <c r="D53" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-036/2013., Tájvédelem: Sz-036/2013.</t>
         </is>
       </c>
       <c r="F53" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="54" spans="1:6" customHeight="0">
       <c r="A54" s="0" t="inlineStr">
         <is>
           <t>Cservenka Judit, dr.</t>
         </is>
       </c>
+      <c r="B54" s="0" t="inlineStr">
+        <is>
+          <t>Veszprém</t>
+        </is>
+      </c>
       <c r="C54" s="0" t="inlineStr">
         <is>
           <t>8200 Veszprém, Cholnoky J. u. 23/A.</t>
         </is>
       </c>
       <c r="D54" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-092/2010.</t>
         </is>
       </c>
       <c r="F54" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="55" spans="1:6" customHeight="0">
       <c r="A55" s="0" t="inlineStr">
         <is>
           <t>Csete Sándor</t>
         </is>
       </c>
+      <c r="B55" s="0" t="inlineStr">
+        <is>
+          <t>Baranya</t>
+        </is>
+      </c>
       <c r="C55" s="0" t="inlineStr">
         <is>
           <t>7626 Pécs, Hold u. 13.</t>
         </is>
       </c>
       <c r="D55" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-001/2013.</t>
         </is>
       </c>
       <c r="F55" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="56" spans="1:6" customHeight="0">
       <c r="A56" s="0" t="inlineStr">
         <is>
           <t>Csikai Csaba Sándor</t>
         </is>
       </c>
+      <c r="B56" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C56" s="0" t="inlineStr">
         <is>
           <t>2049 Diósd, Baross u. 4.</t>
         </is>
       </c>
       <c r="D56" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-042/2011.</t>
         </is>
       </c>
       <c r="F56" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="57" spans="1:6" customHeight="0">
       <c r="A57" s="0" t="inlineStr">
         <is>
           <t>Csima Péter, Dr.</t>
         </is>
       </c>
+      <c r="B57" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C57" s="0" t="inlineStr">
         <is>
           <t>1186 Budapest, Sólyom utca 42.</t>
         </is>
       </c>
       <c r="D57" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-049/2009.</t>
         </is>
       </c>
       <c r="F57" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="58" spans="1:6" customHeight="0">
       <c r="A58" s="0" t="inlineStr">
         <is>
           <t>Csipkés Roland</t>
         </is>
       </c>
+      <c r="B58" s="0" t="inlineStr">
+        <is>
+          <t>Heves</t>
+        </is>
+      </c>
       <c r="C58" s="0" t="inlineStr">
         <is>
           <t>3326 Ostoros, Deák Ferenc utca 36., csipkes.roland@gmail.com</t>
         </is>
       </c>
       <c r="D58" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-004/2025.</t>
         </is>
       </c>
       <c r="F58" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="59" spans="1:6" customHeight="0">
       <c r="A59" s="0" t="inlineStr">
         <is>
           <t>Csóka Gergely</t>
         </is>
       </c>
+      <c r="B59" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
           <t>1202 Budapest, Mártírok útja 154., csokagergely86@gmail.com</t>
         </is>
       </c>
       <c r="D59" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-013/2019., Tájvédelem: SZ-011/2019.</t>
         </is>
       </c>
       <c r="F59" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="60" spans="1:6" customHeight="0">
       <c r="A60" s="0" t="inlineStr">
         <is>
           <t>Csontos Péter, dr.</t>
         </is>
       </c>
+      <c r="B60" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
           <t>1125 Budapest, Hadik András u. 13/A</t>
         </is>
       </c>
       <c r="D60" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-004/2015.</t>
         </is>
       </c>
       <c r="F60" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="61" spans="1:6" customHeight="0">
       <c r="A61" s="0" t="inlineStr">
         <is>
           <t>Csörgits Gábor</t>
         </is>
       </c>
+      <c r="B61" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
           <t>1125 Budapest, Hadik András utca 11.</t>
         </is>
       </c>
       <c r="D61" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-024/2010.</t>
         </is>
       </c>
       <c r="F61" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="62" spans="1:6" customHeight="0">
       <c r="A62" s="0" t="inlineStr">
         <is>
           <t>Csőszi Mónika</t>
         </is>
       </c>
+      <c r="B62" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
           <t>1031 Budapest, Vízimolnár utca 42. 2/5.</t>
         </is>
       </c>
       <c r="D62" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-015/2018.</t>
         </is>
       </c>
       <c r="F62" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="63" spans="1:6" customHeight="0">
       <c r="A63" s="0" t="inlineStr">
         <is>
           <t>Csuták János, dr.</t>
         </is>
       </c>
+      <c r="B63" s="0" t="inlineStr">
+        <is>
+          <t>Borsod-Abaúj-Zemplén</t>
+        </is>
+      </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
           <t>3600 Ózd, Gyömöri út 65.</t>
         </is>
       </c>
       <c r="D63" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-028/2010.</t>
         </is>
       </c>
       <c r="F63" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="64" spans="1:6" customHeight="0">
       <c r="A64" s="0" t="inlineStr">
         <is>
           <t>Csuták Máté</t>
         </is>
       </c>
+      <c r="B64" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
           <t>1141 Budapest, Szederkény u. 3. I/5.</t>
         </is>
       </c>
       <c r="D64" s="0" t="inlineStr">
         <is>
           <t>Földtani természeti értékek és barlangok védelme: SZ-022/2010., Tájvédelem: SZ-022/2010.</t>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="65" spans="1:6" customHeight="0">
       <c r="A65" s="0" t="inlineStr">
         <is>
           <t>Czibula György</t>
         </is>
       </c>
+      <c r="B65" s="0" t="inlineStr">
+        <is>
+          <t>Veszprém</t>
+        </is>
+      </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
           <t>8597 Döbrönte, Fő u. 31</t>
         </is>
       </c>
       <c r="D65" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-016/2012., Tájvédelem: SZ-016/2012.</t>
         </is>
       </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="66" spans="1:6" customHeight="0">
       <c r="A66" s="0" t="inlineStr">
         <is>
           <t>Czirák Zsolt Zoltán</t>
         </is>
       </c>
+      <c r="B66" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
           <t>1111 Budapest, Lágymányosi utca 17/b.</t>
         </is>
       </c>
       <c r="D66" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-023/2010.</t>
         </is>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="67" spans="1:6" customHeight="0">
       <c r="A67" s="0" t="inlineStr">
         <is>
           <t>Dankovics Róbert</t>
         </is>
       </c>
+      <c r="B67" s="0" t="inlineStr">
+        <is>
+          <t>Vas</t>
+        </is>
+      </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
           <t>9721 Gencsapáti, Ady Endre u. 49.</t>
         </is>
       </c>
       <c r="D67" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-004/2013.</t>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="68" spans="1:6" customHeight="0">
       <c r="A68" s="0" t="inlineStr">
         <is>
           <t>Deák József Áron, Dr.</t>
         </is>
       </c>
+      <c r="B68" s="0" t="inlineStr">
+        <is>
+          <t>Csongrád-Csanád</t>
+        </is>
+      </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
           <t>6724 Szeged, Körtöltés u. 1/F. I/5.</t>
         </is>
       </c>
       <c r="D68" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-063/2010., Földtani természeti értékek és barlangok védelme: SZ-063/2010.</t>
         </is>
       </c>
       <c r="F68" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="69" spans="1:6" customHeight="0">
       <c r="A69" s="0" t="inlineStr">
         <is>
           <t>Décse Sándor Ferenc</t>
         </is>
       </c>
+      <c r="B69" s="0" t="inlineStr">
+        <is>
+          <t>Jász-Nagykun-Szolnok</t>
+        </is>
+      </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
           <t>5071 Besenyszög, Chiovini Ferenc út 32.</t>
         </is>
       </c>
       <c r="D69" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: Sz-031/2009.</t>
         </is>
       </c>
       <c r="F69" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="70" spans="1:6" customHeight="0">
       <c r="A70" s="0" t="inlineStr">
         <is>
           <t>Dénes Andrea</t>
         </is>
       </c>
+      <c r="B70" s="0" t="inlineStr">
+        <is>
+          <t>Baranya</t>
+        </is>
+      </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
           <t>7628 Pécs, Szabadságharc u. 18.</t>
         </is>
       </c>
       <c r="D70" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-021/2010.</t>
         </is>
       </c>
       <c r="F70" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="71" spans="1:6" customHeight="0">
       <c r="A71" s="0" t="inlineStr">
         <is>
           <t>Dobi László</t>
         </is>
       </c>
+      <c r="B71" s="0" t="inlineStr">
+        <is>
+          <t>Borsod-Abaúj-Zemplén</t>
+        </is>
+      </c>
       <c r="C71" s="0" t="inlineStr">
         <is>
           <t>3780 Edelény, Borsodi út 4. III/5.</t>
         </is>
       </c>
       <c r="D71" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-033/2013.</t>
         </is>
       </c>
       <c r="F71" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="72" spans="1:6" customHeight="0">
       <c r="A72" s="0" t="inlineStr">
         <is>
           <t>Dóka Richárd</t>
         </is>
       </c>
+      <c r="B72" s="0" t="inlineStr">
+        <is>
+          <t>Bács-Kiskun</t>
+        </is>
+      </c>
       <c r="C72" s="0" t="inlineStr">
         <is>
           <t>6000 Kecskemét, Alkony utca 50.</t>
         </is>
       </c>
       <c r="D72" s="0" t="inlineStr">
         <is>
           <t>Földtani természeti értékek és barlangok védelme: SZ-016/2009., Tájvédelem: SZ-016/2009.</t>
         </is>
       </c>
       <c r="F72" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="73" spans="1:6" customHeight="0">
       <c r="A73" s="0" t="inlineStr">
         <is>
           <t>Domán Ferenc</t>
         </is>
       </c>
+      <c r="B73" s="0" t="inlineStr">
+        <is>
+          <t>Szabolcs-Szatmár-Bereg</t>
+        </is>
+      </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
           <t>4400 Nyíregyháza, Géza utca 47. fszt. 4.</t>
         </is>
       </c>
       <c r="D73" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-008/2020.</t>
         </is>
       </c>
       <c r="F73" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="74" spans="1:6" customHeight="0">
       <c r="A74" s="0" t="inlineStr">
         <is>
           <t>Drobni Mária Magdolna</t>
         </is>
       </c>
+      <c r="B74" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
           <t>1021 Budapest, Hűvösvölgyi út 86.</t>
         </is>
       </c>
       <c r="D74" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-103/2010.</t>
         </is>
       </c>
       <c r="F74" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="75" spans="1:6" customHeight="0">
       <c r="A75" s="0" t="inlineStr">
         <is>
           <t>Dublinszki-Boda Brigitta</t>
         </is>
       </c>
+      <c r="B75" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C75" s="0" t="inlineStr">
         <is>
           <t>2000 Szentendre, Szélkerék köz 4.</t>
         </is>
       </c>
       <c r="D75" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-019/2011.</t>
         </is>
       </c>
       <c r="F75" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="76" spans="1:6" customHeight="0">
       <c r="A76" s="0" t="inlineStr">
         <is>
           <t>Dudás György Zoltán</t>
         </is>
       </c>
+      <c r="B76" s="0" t="inlineStr">
+        <is>
+          <t>Heves</t>
+        </is>
+      </c>
       <c r="C76" s="0" t="inlineStr">
         <is>
           <t>3300 Eger, Rozália utca 8/4., dudasgyz@gmail.com</t>
         </is>
       </c>
       <c r="D76" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-010/2025.</t>
         </is>
       </c>
       <c r="F76" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="77" spans="1:6" customHeight="0">
       <c r="A77" s="0" t="inlineStr">
         <is>
           <t>Dukay Igor</t>
         </is>
       </c>
+      <c r="B77" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C77" s="0" t="inlineStr">
         <is>
           <t>2000 Szentendre, Frangepán u. 16.</t>
         </is>
       </c>
       <c r="D77" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-048/2010.</t>
         </is>
       </c>
       <c r="F77" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="78" spans="1:6" customHeight="0">
       <c r="A78" s="0" t="inlineStr">
         <is>
           <t>Dukay Krisztina Nóra</t>
         </is>
       </c>
+      <c r="B78" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C78" s="0" t="inlineStr">
         <is>
           <t>2000. Szentendre, Frangepán u. 16.</t>
         </is>
       </c>
       <c r="D78" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: Sz-046/2010.</t>
         </is>
       </c>
       <c r="F78" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="79" spans="1:6" customHeight="0">
       <c r="A79" s="0" t="inlineStr">
         <is>
           <t>Duray Balázs, Dr.</t>
         </is>
       </c>
+      <c r="B79" s="0" t="inlineStr">
+        <is>
+          <t>Békés</t>
+        </is>
+      </c>
       <c r="C79" s="0" t="inlineStr">
         <is>
           <t>5600 Békéscsaba, Rokka utca 4.</t>
         </is>
       </c>
       <c r="D79" s="0" t="inlineStr">
         <is>
           <t>Földtani természeti értékek és barlangok védelme: SZ-099/2010., Tájvédelem: SZ-099/2010.</t>
         </is>
       </c>
       <c r="F79" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="80" spans="1:6" customHeight="0">
       <c r="A80" s="0" t="inlineStr">
         <is>
           <t>Duska József</t>
         </is>
       </c>
+      <c r="B80" s="0" t="inlineStr">
+        <is>
+          <t>Heves</t>
+        </is>
+      </c>
       <c r="C80" s="0" t="inlineStr">
         <is>
           <t>3300 Eger, Mikes K. u. 70.</t>
         </is>
       </c>
       <c r="D80" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-054/2014., Tájvédelem: SZ-054/2014.</t>
         </is>
       </c>
       <c r="F80" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="81" spans="1:6" customHeight="0">
       <c r="A81" s="0" t="inlineStr">
         <is>
           <t>Endrődi Péter</t>
         </is>
       </c>
+      <c r="B81" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C81" s="0" t="inlineStr">
         <is>
           <t>1225 Budapest, Tenkes utca 3/a.</t>
         </is>
       </c>
       <c r="D81" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-038/2013., Tájvédelem: SZ-055/2009.</t>
         </is>
       </c>
       <c r="F81" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="82" spans="1:6" customHeight="0">
       <c r="A82" s="0" t="inlineStr">
         <is>
           <t>Enyedi Róbert</t>
         </is>
       </c>
+      <c r="B82" s="0" t="inlineStr">
+        <is>
+          <t>Heves</t>
+        </is>
+      </c>
       <c r="C82" s="0" t="inlineStr">
         <is>
           <t>3300 Eger, Zellervár u. 9., rob.enyedi@gmail.com</t>
         </is>
       </c>
       <c r="D82" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-007/2025.</t>
         </is>
       </c>
       <c r="F82" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="83" spans="1:6" customHeight="0">
       <c r="A83" s="0" t="inlineStr">
         <is>
           <t>Erdei Tímea Katalin</t>
         </is>
       </c>
+      <c r="B83" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C83" s="0" t="inlineStr">
         <is>
           <t>1193 Budapest, Csillag utca 48., erdeitimi@gmail.com</t>
         </is>
       </c>
       <c r="D83" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-006/2024.</t>
         </is>
       </c>
       <c r="F83" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="84" spans="1:6" customHeight="0">
       <c r="A84" s="0" t="inlineStr">
         <is>
           <t>Érdiné dr. Szekeres Rozália</t>
         </is>
       </c>
+      <c r="B84" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C84" s="0" t="inlineStr">
         <is>
           <t>1142 Budapest, Ráskay Lea u. 22, szekeresrozi@gmail.com</t>
         </is>
       </c>
       <c r="D84" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-003/2023.</t>
         </is>
       </c>
       <c r="F84" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="85" spans="1:6" customHeight="0">
       <c r="A85" s="0" t="inlineStr">
         <is>
           <t>Erős Tibor</t>
         </is>
       </c>
+      <c r="B85" s="0" t="inlineStr">
+        <is>
+          <t>Veszprém</t>
+        </is>
+      </c>
       <c r="C85" s="0" t="inlineStr">
         <is>
           <t>8233 Balatonszőlős, Malomrét u. 12.</t>
         </is>
       </c>
       <c r="D85" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-022/2013.</t>
         </is>
       </c>
       <c r="F85" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="86" spans="1:6" customHeight="0">
       <c r="A86" s="0" t="inlineStr">
         <is>
           <t>Esküdt Péter Nándor</t>
         </is>
       </c>
+      <c r="B86" s="0" t="inlineStr">
+        <is>
+          <t>Heves</t>
+        </is>
+      </c>
       <c r="C86" s="0" t="inlineStr">
         <is>
           <t>3300 Eger, Íj u. 1.</t>
         </is>
       </c>
       <c r="D86" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-020/2011., Tájvédelem: SZ-020/2011.</t>
         </is>
       </c>
       <c r="F86" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="87" spans="1:6" customHeight="0">
       <c r="A87" s="0" t="inlineStr">
         <is>
           <t>Esztó Piroska</t>
         </is>
       </c>
+      <c r="B87" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C87" s="0" t="inlineStr">
         <is>
           <t>1126 Budapest, Zulejka u. 4.</t>
         </is>
       </c>
       <c r="D87" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-048/2011., Tájvédelem: SZ-048/2011.</t>
         </is>
       </c>
       <c r="F87" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="88" spans="1:6" customHeight="0">
       <c r="A88" s="0" t="inlineStr">
         <is>
           <t>Fábián Imréné</t>
         </is>
       </c>
+      <c r="B88" s="0" t="inlineStr">
+        <is>
+          <t>Békés</t>
+        </is>
+      </c>
       <c r="C88" s="0" t="inlineStr">
         <is>
           <t>5720 Sarkad, Gyepes utca 22.</t>
         </is>
       </c>
       <c r="D88" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-012/2017.</t>
         </is>
       </c>
       <c r="F88" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="89" spans="1:6" customHeight="0">
       <c r="A89" s="0" t="inlineStr">
         <is>
           <t>Fábián Sára</t>
         </is>
       </c>
+      <c r="B89" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C89" s="0" t="inlineStr">
         <is>
           <t>1126 Budapest, Böszörményi út 8. 2. emelet 5A ajtó, sarigomail@gmail.com</t>
         </is>
       </c>
       <c r="D89" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-009/2021.</t>
         </is>
       </c>
       <c r="F89" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="90" spans="1:6" customHeight="0">
       <c r="A90" s="0" t="inlineStr">
         <is>
           <t>Faggyas Szabolcs</t>
         </is>
       </c>
+      <c r="B90" s="0" t="inlineStr">
+        <is>
+          <t>Bács-Kiskun</t>
+        </is>
+      </c>
       <c r="C90" s="0" t="inlineStr">
         <is>
           <t>6400 Kiskunhalas, Alsóöregszőlők 41.020</t>
         </is>
       </c>
       <c r="D90" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-009/2009., Földtani természeti értékek és barlangok védelme: SZ-009/2009., Tájvédelem: SZ-009/2009.</t>
         </is>
       </c>
       <c r="F90" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="91" spans="1:6" customHeight="0">
       <c r="A91" s="0" t="inlineStr">
         <is>
           <t>Farkas Roland</t>
         </is>
       </c>
+      <c r="B91" s="0" t="inlineStr">
+        <is>
+          <t>Borsod-Abaúj-Zemplén</t>
+        </is>
+      </c>
       <c r="C91" s="0" t="inlineStr">
         <is>
           <t>3762 Szögliget, Dózsa György u. 14., farkasro@yahoo.com</t>
         </is>
       </c>
       <c r="D91" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-001/2010., Tájvédelem: SZ-001/2010.</t>
         </is>
       </c>
       <c r="F91" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="92" spans="1:6" customHeight="0">
       <c r="A92" s="0" t="inlineStr">
         <is>
           <t>Farkas Szabolcs</t>
         </is>
       </c>
+      <c r="B92" s="0" t="inlineStr">
+        <is>
+          <t>Heves</t>
+        </is>
+      </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
           <t>3300 Eger, Patakpart utca 1.</t>
         </is>
       </c>
       <c r="D92" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-050/2014.</t>
         </is>
       </c>
       <c r="F92" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="93" spans="1:6" customHeight="0">
       <c r="A93" s="0" t="inlineStr">
         <is>
           <t>Fazekas Imre</t>
         </is>
       </c>
+      <c r="B93" s="0" t="inlineStr">
+        <is>
+          <t>Baranya</t>
+        </is>
+      </c>
       <c r="C93" s="0" t="inlineStr">
         <is>
           <t>7300 Komló, Majális tér 17/A.</t>
         </is>
       </c>
       <c r="D93" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-021/2009.</t>
         </is>
       </c>
       <c r="F93" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="94" spans="1:6" customHeight="0">
       <c r="A94" s="0" t="inlineStr">
         <is>
           <t>Fehér Balázs, Dr.</t>
         </is>
       </c>
+      <c r="B94" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C94" s="0" t="inlineStr">
         <is>
           <t>1221 Budapest, Kova utca 11/a</t>
         </is>
       </c>
       <c r="D94" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-019/2019.</t>
         </is>
       </c>
       <c r="F94" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="95" spans="1:6" customHeight="0">
       <c r="A95" s="0" t="inlineStr">
         <is>
           <t>Fehér Katalin</t>
         </is>
       </c>
+      <c r="B95" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C95" s="0" t="inlineStr">
         <is>
           <t>1025 Budapest, Pusztaszeri út 5/a.</t>
         </is>
       </c>
       <c r="D95" s="0" t="inlineStr">
         <is>
           <t>Földtani természeti értékek és barlangok védelme: SZ-011/2017.</t>
         </is>
       </c>
       <c r="F95" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="96" spans="1:6" customHeight="0">
       <c r="A96" s="0" t="inlineStr">
         <is>
           <t>Fehér Zsófia</t>
         </is>
       </c>
+      <c r="B96" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C96" s="0" t="inlineStr">
         <is>
           <t>2621 Verőce, Erdész utca 7.</t>
         </is>
       </c>
       <c r="D96" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-001/2010., Tájvédelem: Sz-001/2010.</t>
         </is>
       </c>
       <c r="F96" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="97" spans="1:6" customHeight="0">
       <c r="A97" s="0" t="inlineStr">
         <is>
           <t>Felber Péter</t>
         </is>
       </c>
+      <c r="B97" s="0" t="inlineStr">
+        <is>
+          <t>Győr-Moson-Sopron</t>
+        </is>
+      </c>
       <c r="C97" s="0" t="inlineStr">
         <is>
           <t>8431 Bakonyszentlászló, Vak Bottyán u. 81/1.</t>
         </is>
       </c>
       <c r="D97" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-010/2020.</t>
         </is>
       </c>
       <c r="F97" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="98" spans="1:6" customHeight="0">
       <c r="A98" s="0" t="inlineStr">
         <is>
           <t>Ferincz Árpád, Dr.</t>
         </is>
       </c>
+      <c r="B98" s="0" t="inlineStr">
+        <is>
+          <t>Fejér</t>
+        </is>
+      </c>
       <c r="C98" s="0" t="inlineStr">
         <is>
           <t>2483 Gárdony, Berzsenyi utca 105.</t>
         </is>
       </c>
       <c r="D98" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-006/2020.</t>
         </is>
       </c>
       <c r="F98" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="99" spans="1:6" customHeight="0">
       <c r="A99" s="0" t="inlineStr">
         <is>
           <t>Filepné Dr. Kovács Krisztina</t>
         </is>
       </c>
+      <c r="B99" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C99" s="0" t="inlineStr">
         <is>
           <t>1158 Budapest, Petrence utca 65.</t>
         </is>
       </c>
       <c r="D99" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-010/2018.</t>
         </is>
       </c>
       <c r="F99" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="100" spans="1:6" customHeight="0">
       <c r="A100" s="0" t="inlineStr">
         <is>
           <t>Fodor István</t>
         </is>
       </c>
+      <c r="B100" s="0" t="inlineStr">
+        <is>
+          <t>Bács-Kiskun</t>
+        </is>
+      </c>
       <c r="C100" s="0" t="inlineStr">
         <is>
           <t>6080 Szabadszállás, Nefelejcs utca 4.</t>
         </is>
       </c>
       <c r="D100" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-011/2024.</t>
         </is>
       </c>
       <c r="F100" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="101" spans="1:6" customHeight="0">
       <c r="A101" s="0" t="inlineStr">
         <is>
           <t>Fodor Viktor</t>
         </is>
       </c>
+      <c r="B101" s="0" t="inlineStr">
+        <is>
+          <t>Békés</t>
+        </is>
+      </c>
       <c r="C101" s="0" t="inlineStr">
         <is>
           <t>5540 Szarvas, Béke u. 5/A</t>
         </is>
       </c>
       <c r="D101" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-059/2012</t>
         </is>
       </c>
       <c r="F101" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="102" spans="1:6" customHeight="0">
       <c r="A102" s="0" t="inlineStr">
         <is>
           <t>Földi Zsófia, Dr.</t>
         </is>
       </c>
+      <c r="B102" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C102" s="0" t="inlineStr">
         <is>
           <t>1162 Budapest, Szénás utca 39., zsofiafoldi7@gmail.com</t>
         </is>
       </c>
       <c r="D102" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-003/2024.</t>
         </is>
       </c>
       <c r="F102" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="103" spans="1:6" customHeight="0">
       <c r="A103" s="0" t="inlineStr">
         <is>
           <t>Frank Norbert, Dr.</t>
         </is>
       </c>
+      <c r="B103" s="0" t="inlineStr">
+        <is>
+          <t>Győr-Moson-Sopron</t>
+        </is>
+      </c>
       <c r="C103" s="0" t="inlineStr">
         <is>
           <t>9422 Harka, Rét u.10.</t>
         </is>
       </c>
       <c r="D103" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-021/2011.</t>
         </is>
       </c>
       <c r="F103" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="104" spans="1:6" customHeight="0">
       <c r="A104" s="0" t="inlineStr">
         <is>
           <t>Fülöp Dávid Krisztián</t>
         </is>
       </c>
+      <c r="B104" s="0" t="inlineStr">
+        <is>
+          <t>Békés</t>
+        </is>
+      </c>
       <c r="C104" s="0" t="inlineStr">
         <is>
           <t>5700 Gyula, Nagyváradi út 42/A.</t>
         </is>
       </c>
       <c r="D104" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-068/2012.</t>
         </is>
       </c>
       <c r="F104" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="105" spans="1:6" customHeight="0">
       <c r="A105" s="0" t="inlineStr">
         <is>
           <t>Futó János</t>
         </is>
       </c>
+      <c r="B105" s="0" t="inlineStr">
+        <is>
+          <t>Veszprém</t>
+        </is>
+      </c>
       <c r="C105" s="0" t="inlineStr">
         <is>
           <t>8420 Zirc, Péch Antal u. 2/B.</t>
         </is>
       </c>
       <c r="D105" s="0" t="inlineStr">
         <is>
           <t>Földtani természeti értékek és barlangok védelme: SZ-034/2011.</t>
         </is>
       </c>
       <c r="F105" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="106" spans="1:6" customHeight="0">
       <c r="A106" s="0" t="inlineStr">
         <is>
           <t>Gál Lajos</t>
         </is>
       </c>
+      <c r="B106" s="0" t="inlineStr">
+        <is>
+          <t>Zala</t>
+        </is>
+      </c>
       <c r="C106" s="0" t="inlineStr">
         <is>
           <t>8315 Gyenesdiás, Gödörházy u. 60.</t>
         </is>
       </c>
       <c r="D106" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-064/2011.</t>
         </is>
       </c>
       <c r="F106" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="107" spans="1:6" customHeight="0">
       <c r="A107" s="0" t="inlineStr">
         <is>
           <t>Galambos István, dr.</t>
         </is>
       </c>
+      <c r="B107" s="0" t="inlineStr">
+        <is>
+          <t>Veszprém</t>
+        </is>
+      </c>
       <c r="C107" s="0" t="inlineStr">
         <is>
           <t>8420 Zirc, Alkotmány u. 33/A.</t>
         </is>
       </c>
       <c r="D107" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-007/2012.</t>
         </is>
       </c>
       <c r="F107" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="108" spans="1:6" customHeight="0">
       <c r="A108" s="0" t="inlineStr">
         <is>
           <t>Gallai Zsófia</t>
         </is>
       </c>
+      <c r="B108" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C108" s="0" t="inlineStr">
         <is>
           <t>1039 Budapest, Lukács György utca 2., 5. emelet 48., zsofi@gallai.hu</t>
         </is>
       </c>
       <c r="D108" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-007/2023.</t>
         </is>
       </c>
       <c r="F108" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="109" spans="1:6" customHeight="0">
       <c r="A109" s="0" t="inlineStr">
         <is>
           <t>Gergely Attila</t>
         </is>
       </c>
+      <c r="B109" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C109" s="0" t="inlineStr">
         <is>
           <t>1119 Budapest, Etele út 18., 20-3623894</t>
         </is>
       </c>
       <c r="D109" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-003/2013., Tájvédelem: SZ-003/2013.</t>
         </is>
       </c>
       <c r="F109" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="110" spans="1:6" customHeight="0">
       <c r="A110" s="0" t="inlineStr">
         <is>
           <t>Gombkötő Péter</t>
         </is>
       </c>
+      <c r="B110" s="0" t="inlineStr">
+        <is>
+          <t>Borsod-Abaúj-Zemplén</t>
+        </is>
+      </c>
       <c r="C110" s="0" t="inlineStr">
         <is>
-          <t>4311 Szomolya, Széchenyi u. 23.</t>
+          <t>3411 Szomolya, Széchenyi u. 23.</t>
         </is>
       </c>
       <c r="D110" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-039/2011.</t>
         </is>
       </c>
       <c r="F110" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="111" spans="1:6" customHeight="0">
       <c r="A111" s="0" t="inlineStr">
         <is>
           <t>Görföl Tamás, Dr.</t>
         </is>
       </c>
+      <c r="B111" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C111" s="0" t="inlineStr">
         <is>
           <t>2081 Piliscsaba, Zrínyi utca 30.</t>
         </is>
       </c>
       <c r="D111" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-016/2017.</t>
         </is>
       </c>
       <c r="F111" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="112" spans="1:6" customHeight="0">
       <c r="A112" s="0" t="inlineStr">
         <is>
           <t>Grónás Viktor Péter, dr.</t>
         </is>
       </c>
+      <c r="B112" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C112" s="0" t="inlineStr">
         <is>
           <t>2252 Tóalmás, Deák Ferenc u. 5.</t>
         </is>
       </c>
       <c r="D112" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-007/2013., Tájvédelem: SZ-007/2013.</t>
         </is>
       </c>
       <c r="F112" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="113" spans="1:6" customHeight="0">
       <c r="A113" s="0" t="inlineStr">
         <is>
           <t>Gruberné Farkas Tünde</t>
         </is>
       </c>
+      <c r="B113" s="0" t="inlineStr">
+        <is>
+          <t>Borsod-Abaúj-Zemplén</t>
+        </is>
+      </c>
       <c r="C113" s="0" t="inlineStr">
         <is>
           <t>3759 Aggtelek, Vass Imre út 24.</t>
         </is>
       </c>
       <c r="D113" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-102/2010.</t>
         </is>
       </c>
       <c r="F113" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="114" spans="1:6" customHeight="0">
       <c r="A114" s="0" t="inlineStr">
         <is>
           <t>Gulyás Gergely, dr.</t>
         </is>
       </c>
+      <c r="B114" s="0" t="inlineStr">
+        <is>
+          <t>Hajdú-Bihar</t>
+        </is>
+      </c>
       <c r="C114" s="0" t="inlineStr">
         <is>
           <t>4032 Debrecen, Soós R. u.21.</t>
         </is>
       </c>
       <c r="D114" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-051/2011.</t>
         </is>
       </c>
       <c r="F114" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="115" spans="1:6" customHeight="0">
       <c r="A115" s="0" t="inlineStr">
         <is>
           <t>Gulyás-Kis Csaba Attila</t>
         </is>
       </c>
+      <c r="B115" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C115" s="0" t="inlineStr">
         <is>
           <t>1026 Budapest, Gábor Áron utca 61.</t>
         </is>
       </c>
       <c r="D115" s="0" t="inlineStr">
         <is>
           <t>Földtani természeti értékek és barlangok védelme: SZ-002/2009.</t>
         </is>
       </c>
       <c r="F115" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="116" spans="1:6" customHeight="0">
       <c r="A116" s="0" t="inlineStr">
         <is>
           <t>Guti Gábor, Dr.</t>
         </is>
       </c>
+      <c r="B116" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C116" s="0" t="inlineStr">
         <is>
           <t>2120 Dunakeszi, Kiss Ernő utca 8.</t>
         </is>
       </c>
       <c r="D116" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-011/2021.</t>
         </is>
       </c>
       <c r="F116" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="117" spans="1:6" customHeight="0">
       <c r="A117" s="0" t="inlineStr">
         <is>
           <t>Gyarmathy István László</t>
         </is>
       </c>
+      <c r="B117" s="0" t="inlineStr">
+        <is>
+          <t>Hajdú-Bihar</t>
+        </is>
+      </c>
       <c r="C117" s="0" t="inlineStr">
         <is>
           <t>4032 Debrecen, Tessedik S. utca 115.</t>
         </is>
       </c>
       <c r="D117" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-032/2009., Tájvédelem: Sz-032/2009.</t>
         </is>
       </c>
       <c r="F117" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="118" spans="1:6" customHeight="0">
       <c r="A118" s="0" t="inlineStr">
         <is>
           <t>Gyurácz József, Dr. habil.</t>
         </is>
       </c>
+      <c r="B118" s="0" t="inlineStr">
+        <is>
+          <t>Vas</t>
+        </is>
+      </c>
       <c r="C118" s="0" t="inlineStr">
         <is>
-          <t>9701 Szombathely, Károlyi Gáspár tér 4.</t>
+          <t>9700 Szombathely, Károlyi Gáspár tér 4.</t>
         </is>
       </c>
       <c r="D118" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-028/2013.</t>
         </is>
       </c>
       <c r="F118" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="119" spans="1:6" customHeight="0">
       <c r="A119" s="0" t="inlineStr">
         <is>
           <t>Habarics Béla</t>
         </is>
       </c>
+      <c r="B119" s="0" t="inlineStr">
+        <is>
+          <t>Szabolcs-Szatmár-Bereg</t>
+        </is>
+      </c>
       <c r="C119" s="0" t="inlineStr">
         <is>
           <t>4900 Fehérgyarmat, Petőfi Sándor út 2.</t>
         </is>
       </c>
       <c r="D119" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-019/2009.</t>
         </is>
       </c>
       <c r="F119" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="120" spans="1:6" customHeight="0">
       <c r="A120" s="0" t="inlineStr">
         <is>
           <t>Háden Sándor</t>
         </is>
       </c>
+      <c r="B120" s="0" t="inlineStr">
+        <is>
+          <t>Fejér</t>
+        </is>
+      </c>
       <c r="C120" s="0" t="inlineStr">
         <is>
           <t>8000 Székesfehérvár, József A. u. 2/D X/1.</t>
         </is>
       </c>
       <c r="D120" s="0" t="inlineStr">
         <is>
           <t>Földtani természeti értékek és barlangok védelme: SZ-020/2012.</t>
         </is>
       </c>
       <c r="F120" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="121" spans="1:6" customHeight="0">
       <c r="A121" s="0" t="inlineStr">
         <is>
           <t>Hahn István, dr.</t>
         </is>
       </c>
+      <c r="B121" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C121" s="0" t="inlineStr">
         <is>
           <t>2083 Solymár, Rókus u. 5.</t>
         </is>
       </c>
       <c r="D121" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-029/2012.</t>
         </is>
       </c>
       <c r="F121" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="122" spans="1:6" customHeight="0">
       <c r="A122" s="0" t="inlineStr">
         <is>
           <t>Hajduné Víg Katalin</t>
         </is>
       </c>
+      <c r="B122" s="0" t="inlineStr">
+        <is>
+          <t>Hajdú-Bihar</t>
+        </is>
+      </c>
       <c r="C122" s="0" t="inlineStr">
         <is>
           <t>4241 Bocskaikert, Németh László út 36.</t>
         </is>
       </c>
       <c r="D122" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-001/2015., Tájvédelem: Sz-001/2015.</t>
         </is>
       </c>
       <c r="F122" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="123" spans="1:6" customHeight="0">
       <c r="A123" s="0" t="inlineStr">
         <is>
           <t>Halasi-Kovács Béla</t>
         </is>
       </c>
+      <c r="B123" s="0" t="inlineStr">
+        <is>
+          <t>Hajdú-Bihar</t>
+        </is>
+      </c>
       <c r="C123" s="0" t="inlineStr">
         <is>
           <t>4225 Debrecen, Nagyszentgyörgy u. 82/a.</t>
         </is>
       </c>
       <c r="D123" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-002/2013.</t>
         </is>
       </c>
       <c r="F123" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="124" spans="1:6" customHeight="0">
       <c r="A124" s="0" t="inlineStr">
         <is>
           <t>Halmágyi Tiborné Jenei Mária, Dr.</t>
         </is>
       </c>
+      <c r="B124" s="0" t="inlineStr">
+        <is>
+          <t>Csongrád-Csanád</t>
+        </is>
+      </c>
       <c r="C124" s="0" t="inlineStr">
         <is>
           <t>6791 Szeged, Bethlen Gábor utca 17.</t>
         </is>
       </c>
       <c r="D124" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-041/2010.</t>
         </is>
       </c>
       <c r="F124" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="125" spans="1:6" customHeight="0">
       <c r="A125" s="0" t="inlineStr">
         <is>
           <t>Halupka Gábor Ernő</t>
         </is>
       </c>
+      <c r="B125" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C125" s="0" t="inlineStr">
         <is>
           <t>2626 Nagymaros, Kamilla utca 1.</t>
         </is>
       </c>
       <c r="D125" s="0" t="inlineStr">
         <is>
           <t>Földtani természeti értékek és barlangok védelme: SZ-061/2012.</t>
         </is>
       </c>
       <c r="F125" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="126" spans="1:6" customHeight="0">
       <c r="A126" s="0" t="inlineStr">
         <is>
-          <t>Hamar József </t>
+          <t>Hamar József</t>
+        </is>
+      </c>
+      <c r="B126" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
         </is>
       </c>
       <c r="C126" s="0" t="inlineStr">
         <is>
           <t>2030 Érd, Rozsnyói u. 2.</t>
         </is>
       </c>
       <c r="D126" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: Sz-057/2014.</t>
         </is>
       </c>
       <c r="F126" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="127" spans="1:6" customHeight="0">
       <c r="A127" s="0" t="inlineStr">
         <is>
           <t>Hámori Gábor</t>
         </is>
       </c>
+      <c r="B127" s="0" t="inlineStr">
+        <is>
+          <t>Győr-Moson-Sopron</t>
+        </is>
+      </c>
       <c r="C127" s="0" t="inlineStr">
         <is>
           <t>9400 Sopron, Rét utca 4.</t>
         </is>
       </c>
       <c r="D127" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-020/2009.</t>
         </is>
       </c>
       <c r="F127" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="128" spans="1:6" customHeight="0">
       <c r="A128" s="0" t="inlineStr">
         <is>
           <t>Harkai Miklós Zoltán</t>
         </is>
       </c>
+      <c r="B128" s="0" t="inlineStr">
+        <is>
+          <t>Nógrád</t>
+        </is>
+      </c>
       <c r="C128" s="0" t="inlineStr">
         <is>
-          <t>Salgótarján, Fáy András krt. 70. fsz. 3., harkai.miklos@gmail.com</t>
+          <t>3100, Salgótarján, Fáy András krt. 70. fsz. 3., harkai.miklos@gmail.com</t>
         </is>
       </c>
       <c r="D128" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-076/2011.</t>
         </is>
       </c>
       <c r="F128" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="129" spans="1:6" customHeight="0">
       <c r="A129" s="0" t="inlineStr">
         <is>
           <t>Harmathné Buna Viktória</t>
         </is>
       </c>
+      <c r="B129" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C129" s="0" t="inlineStr">
         <is>
           <t>1126 Budapest, Sólyom u. 17. A/1.</t>
         </is>
       </c>
       <c r="D129" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: Sz-098/2010.</t>
         </is>
       </c>
       <c r="F129" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="130" spans="1:6" customHeight="0">
       <c r="A130" s="0" t="inlineStr">
         <is>
           <t>Haszonits Győző, Dr.</t>
         </is>
       </c>
+      <c r="B130" s="0" t="inlineStr">
+        <is>
+          <t>Jász-Nagykun-Szolnok</t>
+        </is>
+      </c>
       <c r="C130" s="0" t="inlineStr">
         <is>
           <t>5000 Szolnok, Szolnok Ispán krt. 5. 4/12., hasz.gjozo@gmail.com</t>
         </is>
       </c>
       <c r="D130" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-007/2022.</t>
         </is>
       </c>
       <c r="F130" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="131" spans="1:6" customHeight="0">
       <c r="A131" s="0" t="inlineStr">
         <is>
           <t>Házi Judit</t>
         </is>
       </c>
+      <c r="B131" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C131" s="0" t="inlineStr">
         <is>
           <t>2120 Dunakeszi, Katona József út 8.</t>
         </is>
       </c>
       <c r="D131" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-007/2017.</t>
         </is>
       </c>
       <c r="F131" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="132" spans="1:6" customHeight="0">
       <c r="A132" s="0" t="inlineStr">
         <is>
           <t>Heckenast Ádám Péter</t>
         </is>
       </c>
+      <c r="B132" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C132" s="0" t="inlineStr">
         <is>
           <t>2030 Érd, Visegrádi utca 28., heckyadam@yahoo.com</t>
         </is>
       </c>
       <c r="D132" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-001/2022.</t>
         </is>
       </c>
       <c r="F132" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="133" spans="1:6" customHeight="0">
       <c r="A133" s="0" t="inlineStr">
         <is>
           <t>Hegedűs Zoltán</t>
         </is>
       </c>
+      <c r="B133" s="0" t="inlineStr">
+        <is>
+          <t>Csongrád-Csanád</t>
+        </is>
+      </c>
       <c r="C133" s="0" t="inlineStr">
         <is>
-          <t>6501 Hódmezővásárhely, Mandula u. 21. I/3.</t>
+          <t>6500 Hódmezővásárhely, Mandula u. 21. I/3.</t>
         </is>
       </c>
       <c r="D133" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: Sz-029/2013.</t>
         </is>
       </c>
       <c r="F133" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="134" spans="1:6" customHeight="0">
       <c r="A134" s="0" t="inlineStr">
         <is>
           <t>Herczeg Ágnes</t>
         </is>
       </c>
+      <c r="B134" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C134" s="0" t="inlineStr">
         <is>
           <t>1111 Budapest, Bartók Béla út 34. III/3.</t>
         </is>
       </c>
       <c r="D134" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-012/2011.</t>
         </is>
       </c>
       <c r="F134" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="135" spans="1:6" customHeight="0">
       <c r="A135" s="0" t="inlineStr">
         <is>
           <t>Herczeg Zoltán</t>
         </is>
       </c>
+      <c r="B135" s="0" t="inlineStr">
+        <is>
+          <t>Győr-Moson-Sopron</t>
+        </is>
+      </c>
       <c r="C135" s="0" t="inlineStr">
         <is>
           <t>9019 Győr, Kenderföldi út 15., z.herczeg@gmail.com</t>
         </is>
       </c>
       <c r="D135" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-003/2020</t>
         </is>
       </c>
       <c r="F135" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="136" spans="1:6" customHeight="0">
       <c r="A136" s="0" t="inlineStr">
         <is>
           <t>Herényi Márton Farkas</t>
         </is>
       </c>
+      <c r="B136" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C136" s="0" t="inlineStr">
         <is>
           <t>1143 Budapest, Ilka utca 20. I. emelet 5. ajtó</t>
         </is>
       </c>
       <c r="D136" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-014/2017.</t>
         </is>
       </c>
       <c r="F136" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="137" spans="1:6" customHeight="0">
       <c r="A137" s="0" t="inlineStr">
         <is>
           <t>Hock Ferenc</t>
         </is>
       </c>
+      <c r="B137" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C137" s="0" t="inlineStr">
         <is>
           <t>2023 Dunabogdány,József Attila utca 2/A</t>
         </is>
       </c>
       <c r="D137" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-005/2018.</t>
         </is>
       </c>
       <c r="F137" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="138" spans="1:6" customHeight="0">
       <c r="A138" s="0" t="inlineStr">
         <is>
           <t>Holndonner Péter</t>
         </is>
       </c>
+      <c r="B138" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C138" s="0" t="inlineStr">
         <is>
           <t>2089 Telki, Árnyas köz 5/A</t>
         </is>
       </c>
       <c r="D138" s="0" t="inlineStr">
         <is>
           <t>Földtani természeti értékek és barlangok védelme: SZ-064/2012., Tájvédelem: SZ-064/2012.</t>
         </is>
       </c>
       <c r="F138" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="139" spans="1:6" customHeight="0">
       <c r="A139" s="0" t="inlineStr">
         <is>
           <t>Hornung Erzsébet, dr.</t>
         </is>
       </c>
+      <c r="B139" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C139" s="0" t="inlineStr">
         <is>
           <t>1064 Budapest, Izabella u. 75. fszt. 1.</t>
         </is>
       </c>
       <c r="D139" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-011/2013.</t>
         </is>
       </c>
       <c r="F139" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="140" spans="1:6" customHeight="0">
       <c r="A140" s="0" t="inlineStr">
         <is>
           <t>Horvai Valér Endre</t>
         </is>
       </c>
+      <c r="B140" s="0" t="inlineStr">
+        <is>
+          <t>Baranya</t>
+        </is>
+      </c>
       <c r="C140" s="0" t="inlineStr">
         <is>
           <t>7623 Pécs, Megyeri tér 1/B. II. emelet 26.</t>
         </is>
       </c>
       <c r="D140" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-002/2020.</t>
         </is>
       </c>
       <c r="F140" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="141" spans="1:6" customHeight="0">
       <c r="A141" s="0" t="inlineStr">
         <is>
           <t>Horváth Bálint Győző, Dr.</t>
         </is>
       </c>
+      <c r="B141" s="0" t="inlineStr">
+        <is>
+          <t>Zala</t>
+        </is>
+      </c>
       <c r="C141" s="0" t="inlineStr">
         <is>
           <t>8776 Magyarszerdahely, Rózsa utca 2.</t>
         </is>
       </c>
       <c r="D141" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-004/2019.</t>
         </is>
       </c>
       <c r="F141" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="142" spans="1:6" customHeight="0">
       <c r="A142" s="0" t="inlineStr">
         <is>
           <t>Horváth Dénes</t>
         </is>
       </c>
+      <c r="B142" s="0" t="inlineStr">
+        <is>
+          <t>Csongrád-Csanád</t>
+        </is>
+      </c>
       <c r="C142" s="0" t="inlineStr">
         <is>
           <t>6636 Mártély, Községház utca 24.</t>
         </is>
       </c>
       <c r="D142" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-053/2010.</t>
         </is>
       </c>
       <c r="F142" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="143" spans="1:6" customHeight="0">
       <c r="A143" s="0" t="inlineStr">
         <is>
           <t>Horváth Jenő István</t>
         </is>
       </c>
+      <c r="B143" s="0" t="inlineStr">
+        <is>
+          <t>Zala</t>
+        </is>
+      </c>
       <c r="C143" s="0" t="inlineStr">
         <is>
           <t>8900 Zalaegerszeg, Jókai Mór 23.</t>
         </is>
       </c>
       <c r="D143" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-087/2010., Földtani természeti értékek és barlangok védelme: SZ-087/2010., Tájvédelem: SZ-087/2010.</t>
         </is>
       </c>
       <c r="F143" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="144" spans="1:6" customHeight="0">
       <c r="A144" s="0" t="inlineStr">
         <is>
           <t>Horváth Lajos Frigyes</t>
         </is>
       </c>
+      <c r="B144" s="0" t="inlineStr">
+        <is>
+          <t>Győr-Moson-Sopron</t>
+        </is>
+      </c>
       <c r="C144" s="0" t="inlineStr">
         <is>
           <t>9071 Gönyü, Irányi Dániel utca 27.</t>
         </is>
       </c>
       <c r="D144" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-043/2008., Tájvédelem: SZ-043/2008.</t>
         </is>
       </c>
       <c r="F144" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="145" spans="1:6" customHeight="0">
       <c r="A145" s="0" t="inlineStr">
         <is>
           <t>Horváth Rita</t>
         </is>
       </c>
+      <c r="B145" s="0" t="inlineStr">
+        <is>
+          <t>Fejér</t>
+        </is>
+      </c>
       <c r="C145" s="0" t="inlineStr">
         <is>
           <t>8000 Székesfehérvár, Fáy András lakótelep 7/A. 2. em. 3. ajtó, hritas@gmail.com, +36204600126</t>
         </is>
       </c>
       <c r="D145" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-014/2023.</t>
         </is>
       </c>
       <c r="F145" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="146" spans="1:6" customHeight="0">
       <c r="A146" s="0" t="inlineStr">
         <is>
           <t>Horváth Róbert, Dr.</t>
         </is>
       </c>
+      <c r="B146" s="0" t="inlineStr">
+        <is>
+          <t>Szabolcs-Szatmár-Bereg</t>
+        </is>
+      </c>
       <c r="C146" s="0" t="inlineStr">
         <is>
           <t>4962 Nagyszekeres, Árpád u. 4.</t>
         </is>
       </c>
       <c r="D146" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-044/2012.</t>
         </is>
       </c>
       <c r="F146" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="147" spans="1:6" customHeight="0">
       <c r="A147" s="0" t="inlineStr">
         <is>
           <t>Hosszú Erzsébet</t>
         </is>
       </c>
+      <c r="B147" s="0" t="inlineStr">
+        <is>
+          <t>Fejér</t>
+        </is>
+      </c>
       <c r="C147" s="0" t="inlineStr">
         <is>
           <t>2483 Gárdony, Kossuth u. 6.</t>
         </is>
       </c>
       <c r="D147" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-004/2011.</t>
         </is>
       </c>
       <c r="F147" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="148" spans="1:6" customHeight="0">
       <c r="A148" s="0" t="inlineStr">
         <is>
           <t>Hubayné Dr. Horváth Nóra Krisztina</t>
         </is>
       </c>
+      <c r="B148" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C148" s="0" t="inlineStr">
         <is>
           <t>2132 Göd, Vadvirág u. 5., hhnora@kert-terv.hu</t>
         </is>
       </c>
       <c r="D148" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-001/2021.</t>
         </is>
       </c>
       <c r="F148" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="149" spans="1:6" customHeight="0">
       <c r="A149" s="0" t="inlineStr">
         <is>
           <t>Hudák Ilona Katalin</t>
         </is>
       </c>
+      <c r="B149" s="0" t="inlineStr">
+        <is>
+          <t>Borsod-Abaúj-Zemplén</t>
+        </is>
+      </c>
       <c r="C149" s="0" t="inlineStr">
         <is>
           <t>3534 Miskolc, Szarkahegy u. 46.</t>
         </is>
       </c>
       <c r="D149" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-043/2011.</t>
         </is>
       </c>
       <c r="F149" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="150" spans="1:6" customHeight="0">
       <c r="A150" s="0" t="inlineStr">
         <is>
           <t>Hüvös-Récsi Annamária</t>
         </is>
       </c>
+      <c r="B150" s="0" t="inlineStr">
+        <is>
+          <t>Komárom-Esztergom</t>
+        </is>
+      </c>
       <c r="C150" s="0" t="inlineStr">
         <is>
           <t>2824 Várgesztes, Arany János u. 71.</t>
         </is>
       </c>
       <c r="D150" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-005/2015.</t>
         </is>
       </c>
       <c r="F150" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="151" spans="1:6" customHeight="0">
       <c r="A151" s="0" t="inlineStr">
         <is>
           <t>Illyés Zoltán</t>
         </is>
       </c>
+      <c r="B151" s="0" t="inlineStr">
+        <is>
+          <t>Zala</t>
+        </is>
+      </c>
       <c r="C151" s="0" t="inlineStr">
         <is>
           <t>8900 Zalaegerszeg, Várberki utca 13.</t>
         </is>
       </c>
       <c r="D151" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-047/2009.</t>
         </is>
       </c>
       <c r="F151" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="152" spans="1:6" customHeight="0">
       <c r="A152" s="0" t="inlineStr">
         <is>
           <t>Illyés Zsuzsanna</t>
         </is>
       </c>
+      <c r="B152" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C152" s="0" t="inlineStr">
         <is>
           <t>1117 Budapest, Karinthy Frigyes út 5.</t>
         </is>
       </c>
       <c r="D152" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-014/2011.</t>
         </is>
       </c>
       <c r="F152" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="153" spans="1:6" customHeight="0">
       <c r="A153" s="0" t="inlineStr">
         <is>
           <t>Ilonczai Zoltán</t>
         </is>
       </c>
+      <c r="B153" s="0" t="inlineStr">
+        <is>
+          <t>Heves</t>
+        </is>
+      </c>
       <c r="C153" s="0" t="inlineStr">
         <is>
-          <t>3301 Eger, Legányi F. u. 8/a.</t>
+          <t>3300 Eger, Legányi F. u. 8/a.</t>
         </is>
       </c>
       <c r="D153" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-042/2013.</t>
         </is>
       </c>
       <c r="F153" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="154" spans="1:6" customHeight="0">
       <c r="A154" s="0" t="inlineStr">
         <is>
           <t>Ilyés Péter</t>
         </is>
       </c>
+      <c r="B154" s="0" t="inlineStr">
+        <is>
+          <t>Békés</t>
+        </is>
+      </c>
       <c r="C154" s="0" t="inlineStr">
         <is>
           <t>5630 Békés, Epresköz utca 17.</t>
         </is>
       </c>
       <c r="D154" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-051/2012.</t>
         </is>
       </c>
       <c r="F154" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="155" spans="1:6" customHeight="0">
       <c r="A155" s="0" t="inlineStr">
         <is>
           <t>Jaczenkó Judit</t>
         </is>
       </c>
+      <c r="B155" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C155" s="0" t="inlineStr">
         <is>
           <t>1117 Budapest, Váli u. 4.</t>
         </is>
       </c>
       <c r="D155" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-045/2011.</t>
         </is>
       </c>
       <c r="F155" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="156" spans="1:6" customHeight="0">
       <c r="A156" s="0" t="inlineStr">
         <is>
           <t>Jáger Gyula</t>
         </is>
       </c>
+      <c r="B156" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C156" s="0" t="inlineStr">
         <is>
           <t>1031 Budapest, Kaszásdűlő u. 11. IX/88.</t>
         </is>
       </c>
       <c r="D156" s="0" t="inlineStr">
         <is>
           <t>Földtani természeti értékek és barlangok védelme: Sz-049/2012.</t>
         </is>
       </c>
       <c r="F156" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="157" spans="1:6" customHeight="0">
       <c r="A157" s="0" t="inlineStr">
         <is>
           <t>Jakab Attila</t>
         </is>
       </c>
+      <c r="B157" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C157" s="0" t="inlineStr">
         <is>
           <t>2030 Érd, Szép Ilonka utca 59/B.</t>
         </is>
       </c>
       <c r="D157" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-001/2019.</t>
         </is>
       </c>
       <c r="F157" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="158" spans="1:6" customHeight="0">
       <c r="A158" s="0" t="inlineStr">
         <is>
           <t>Jánoska Ferenc István, Dr.</t>
         </is>
       </c>
+      <c r="B158" s="0" t="inlineStr">
+        <is>
+          <t>Győr-Moson-Sopron</t>
+        </is>
+      </c>
       <c r="C158" s="0" t="inlineStr">
         <is>
           <t>9400 Sopron, Deák tér 22.</t>
         </is>
       </c>
       <c r="D158" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-003/2010., Tájvédelem: SZ-003/2010.</t>
         </is>
       </c>
       <c r="F158" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="159" spans="1:6" customHeight="0">
       <c r="A159" s="0" t="inlineStr">
         <is>
           <t>Jánossy László, Dr.</t>
         </is>
       </c>
+      <c r="B159" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C159" s="0" t="inlineStr">
         <is>
           <t>2092 Budakeszi, Vásárhelyi Pál u. 16.</t>
         </is>
       </c>
       <c r="D159" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-022/2016.</t>
         </is>
       </c>
       <c r="F159" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="160" spans="1:6" customHeight="0">
       <c r="A160" s="0" t="inlineStr">
         <is>
           <t>Jeszenszky Anna</t>
         </is>
       </c>
+      <c r="B160" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C160" s="0" t="inlineStr">
         <is>
           <t>2370 Dabas, Klapka utca 33., jeszenszkyanna@gmail.com</t>
         </is>
       </c>
       <c r="D160" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-005/2023.</t>
         </is>
       </c>
       <c r="F160" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="161" spans="1:6" customHeight="0">
       <c r="A161" s="0" t="inlineStr">
         <is>
           <t>Jóba Katalin</t>
         </is>
       </c>
+      <c r="B161" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C161" s="0" t="inlineStr">
         <is>
           <t>1024 Budapest, Keleti Károly u. 46. I/4.</t>
         </is>
       </c>
       <c r="D161" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-017/2010., Tájvédelem: SZ-017/2010.</t>
         </is>
       </c>
       <c r="F161" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="162" spans="1:6" customHeight="0">
       <c r="A162" s="0" t="inlineStr">
         <is>
           <t>Juhász Magdolna, dr.</t>
         </is>
       </c>
+      <c r="B162" s="0" t="inlineStr">
+        <is>
+          <t>Somogy</t>
+        </is>
+      </c>
       <c r="C162" s="0" t="inlineStr">
         <is>
           <t>7477 Szenna, Tildy Zoltán út 33.</t>
         </is>
       </c>
       <c r="D162" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-056/2009., Tájvédelem: SZ-056/2009.</t>
         </is>
       </c>
       <c r="F162" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="163" spans="1:6" customHeight="0">
       <c r="A163" s="0" t="inlineStr">
         <is>
           <t>Juhász Péter, Dr.</t>
         </is>
       </c>
+      <c r="B163" s="0" t="inlineStr">
+        <is>
+          <t>Hajdú-Bihar</t>
+        </is>
+      </c>
       <c r="C163" s="0" t="inlineStr">
         <is>
           <t>4032 Debrecen, Soó Rezső u. 21.</t>
         </is>
       </c>
       <c r="D163" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-052/2011.</t>
         </is>
       </c>
       <c r="F163" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="164" spans="1:6" customHeight="0">
       <c r="A164" s="0" t="inlineStr">
         <is>
           <t>Juhász-Gőz Szilvia</t>
         </is>
       </c>
+      <c r="B164" s="0" t="inlineStr">
+        <is>
+          <t>Csongrád-Csanád</t>
+        </is>
+      </c>
       <c r="C164" s="0" t="inlineStr">
         <is>
           <t>6757 Szeged, Bacsó Béla utca 2., juhaszgozszilvia@gmail.com</t>
         </is>
       </c>
       <c r="D164" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-021/2013., Tájvédelem: SZ-018/2019.</t>
         </is>
       </c>
       <c r="F164" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="165" spans="1:6" customHeight="0">
       <c r="A165" s="0" t="inlineStr">
         <is>
           <t>K. Szabó Attila</t>
         </is>
       </c>
+      <c r="B165" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C165" s="0" t="inlineStr">
         <is>
           <t>1148 Budapest, Örs vezér tere 17. VIII/35.</t>
         </is>
       </c>
       <c r="D165" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-005/2016.</t>
         </is>
       </c>
       <c r="F165" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="166" spans="1:6" customHeight="0">
       <c r="A166" s="0" t="inlineStr">
         <is>
           <t>Kabai Róbert</t>
         </is>
       </c>
+      <c r="B166" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C166" s="0" t="inlineStr">
         <is>
           <t>1031 Budapest, Petúr utca 37., kabairobert@gmail.com</t>
         </is>
       </c>
       <c r="D166" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-008/2019.</t>
         </is>
       </c>
       <c r="F166" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="167" spans="1:6" customHeight="0">
       <c r="A167" s="0" t="inlineStr">
         <is>
           <t>Kádár Géza Antal, Dr.</t>
         </is>
       </c>
+      <c r="B167" s="0" t="inlineStr">
+        <is>
+          <t>Baranya</t>
+        </is>
+      </c>
       <c r="C167" s="0" t="inlineStr">
         <is>
           <t>7624 Pécs, Bornemissza G. utca 12.</t>
         </is>
       </c>
       <c r="D167" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-002/2010.</t>
         </is>
       </c>
       <c r="F167" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="168" spans="1:6" customHeight="0">
       <c r="A168" s="0" t="inlineStr">
         <is>
           <t>Kákonyi Árpád Dr.</t>
         </is>
       </c>
+      <c r="B168" s="0" t="inlineStr">
+        <is>
+          <t>Bács-Kiskun</t>
+        </is>
+      </c>
       <c r="C168" s="0" t="inlineStr">
         <is>
           <t>6000 Kecskemét, Petőfi Sándor u. 16. 9/79.</t>
         </is>
       </c>
       <c r="D168" s="0" t="inlineStr">
         <is>
           <t>Földtani természeti értékek és barlangok védelme: SZ-065/2011., Tájvédelem: SZ-065/2011.</t>
         </is>
       </c>
       <c r="F168" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="169" spans="1:6" customHeight="0">
       <c r="A169" s="0" t="inlineStr">
         <is>
           <t>Kaleta Jánosné</t>
         </is>
       </c>
+      <c r="B169" s="0" t="inlineStr">
+        <is>
+          <t>Fejér</t>
+        </is>
+      </c>
       <c r="C169" s="0" t="inlineStr">
         <is>
           <t>8000 Székesfehérvár, Surányi utca 55.</t>
         </is>
       </c>
       <c r="D169" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-028/2009.</t>
         </is>
       </c>
       <c r="F169" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="170" spans="1:6" customHeight="0">
       <c r="A170" s="0" t="inlineStr">
         <is>
           <t>Kálmán Miklós</t>
         </is>
       </c>
+      <c r="B170" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C170" s="0" t="inlineStr">
         <is>
           <t>2025 Visegrád, Sziget utca 6., kalman.miklos@icloud.com</t>
         </is>
       </c>
       <c r="D170" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-062/2014., Tájvédelem: Sz-062/2014.</t>
         </is>
       </c>
       <c r="F170" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="171" spans="1:6" customHeight="0">
       <c r="A171" s="0" t="inlineStr">
         <is>
           <t>Kalmár Gábor</t>
         </is>
       </c>
+      <c r="B171" s="0" t="inlineStr">
+        <is>
+          <t>Csongrád-Csanád</t>
+        </is>
+      </c>
       <c r="C171" s="0" t="inlineStr">
         <is>
           <t>6500 Baja, Sirály u. 3., kalmar.gabor@fibermail.hu  kalmarg75@gmail.com</t>
         </is>
       </c>
       <c r="D171" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-074/2010., Földtani természeti értékek és barlangok védelme: SZ-074/2010.</t>
         </is>
       </c>
       <c r="F171" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="172" spans="1:6" customHeight="0">
       <c r="A172" s="0" t="inlineStr">
         <is>
           <t>Kalmár Sándor Flóris, dr.</t>
         </is>
       </c>
+      <c r="B172" s="0" t="inlineStr">
+        <is>
+          <t>Győr-Moson-Sopron</t>
+        </is>
+      </c>
       <c r="C172" s="0" t="inlineStr">
         <is>
           <t>9400 Sopron, Heimler Károly u. 8.</t>
         </is>
       </c>
       <c r="D172" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-010/2010.</t>
         </is>
       </c>
       <c r="F172" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="173" spans="1:6" customHeight="0">
       <c r="A173" s="0" t="inlineStr">
         <is>
           <t>Kalotás Zsolt, Dr.</t>
         </is>
       </c>
+      <c r="B173" s="0" t="inlineStr">
+        <is>
+          <t>Tolna</t>
+        </is>
+      </c>
       <c r="C173" s="0" t="inlineStr">
         <is>
           <t>7130 Tolna, Kinizsi u. 31.</t>
         </is>
       </c>
       <c r="D173" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-011/2011.</t>
         </is>
       </c>
       <c r="F173" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="174" spans="1:6" customHeight="0">
       <c r="A174" s="0" t="inlineStr">
         <is>
           <t>Kárpáti Béla Imre</t>
         </is>
       </c>
+      <c r="B174" s="0" t="inlineStr">
+        <is>
+          <t>Győr-Moson-Sopron</t>
+        </is>
+      </c>
       <c r="C174" s="0" t="inlineStr">
         <is>
           <t>9444 Fertőszentmiklós, Vadász u. 6., karpatibelaimre@gmail.com</t>
         </is>
       </c>
       <c r="D174" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-001/2024.</t>
         </is>
       </c>
       <c r="F174" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="175" spans="1:6" customHeight="0">
       <c r="A175" s="0" t="inlineStr">
         <is>
-          <t>Kárpáti László, dr. (elhalálozott 2021. 06. 27-én. SZ-005/2017. sz. eng. visszavonva.)</t>
+          <t>Kárpáti László, dr. (elhalálozott 2021. évben.)</t>
+        </is>
+      </c>
+      <c r="B175" s="0" t="inlineStr">
+        <is>
+          <t>Győr-Moson-Sopron</t>
         </is>
       </c>
       <c r="C175" s="0" t="inlineStr">
         <is>
           <t>9435 Sarród, Kárpáti tanya 1.</t>
         </is>
       </c>
       <c r="D175" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-005/2017.</t>
         </is>
       </c>
       <c r="F175" s="0" t="inlineStr">
         <is>
-          <t>Aktív</t>
+          <t>Törölt</t>
         </is>
       </c>
     </row>
     <row r="176" spans="1:6" customHeight="0">
       <c r="A176" s="0" t="inlineStr">
         <is>
           <t>Katkó Lajos</t>
         </is>
       </c>
+      <c r="B176" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C176" s="0" t="inlineStr">
         <is>
           <t>2253 Tápióság, Dózsa György u. 74.</t>
         </is>
       </c>
       <c r="D176" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-002/2016., Tájvédelem: SZ-002/2016.</t>
         </is>
       </c>
       <c r="F176" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="177" spans="1:6" customHeight="0">
       <c r="A177" s="0" t="inlineStr">
         <is>
           <t>Kazi Róbert</t>
         </is>
       </c>
+      <c r="B177" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C177" s="0" t="inlineStr">
         <is>
           <t>2120 Dunakeszi, Kertész utca 1.</t>
         </is>
       </c>
       <c r="D177" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-013/2024.</t>
         </is>
       </c>
       <c r="F177" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="178" spans="1:6" customHeight="0">
       <c r="A178" s="0" t="inlineStr">
         <is>
           <t>Kecskés Ferenc</t>
         </is>
       </c>
+      <c r="B178" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C178" s="0" t="inlineStr">
         <is>
           <t>1223 Budapest Kőbányai utca 10., ferikecskes59@gmail.com</t>
         </is>
       </c>
       <c r="D178" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-003/2022.</t>
         </is>
       </c>
       <c r="F178" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="179" spans="1:6" customHeight="0">
       <c r="A179" s="0" t="inlineStr">
         <is>
           <t>Kelemenné dr. Szilágyi Enikő, dr.</t>
         </is>
       </c>
+      <c r="B179" s="0" t="inlineStr">
+        <is>
+          <t>Jász-Nagykun-Szolnok</t>
+        </is>
+      </c>
       <c r="C179" s="0" t="inlineStr">
         <is>
-          <t>5001 Szolnok, Balassa Bálint u. 4.</t>
+          <t>5000 Szolnok, Balassa Bálint u. 4.</t>
         </is>
       </c>
       <c r="D179" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-052/2012.</t>
         </is>
       </c>
       <c r="F179" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="180" spans="1:6" customHeight="0">
       <c r="A180" s="0" t="inlineStr">
         <is>
           <t>Kenyeres Zoltán Tamás</t>
         </is>
       </c>
+      <c r="B180" s="0" t="inlineStr">
+        <is>
+          <t>Veszprém</t>
+        </is>
+      </c>
       <c r="C180" s="0" t="inlineStr">
         <is>
           <t>8200 Veszprém, Stadion u. 28/A.</t>
         </is>
       </c>
       <c r="D180" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-036/2010.</t>
         </is>
       </c>
       <c r="F180" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="181" spans="1:6" customHeight="0">
       <c r="A181" s="0" t="inlineStr">
         <is>
           <t>Kertész Botond</t>
         </is>
       </c>
+      <c r="B181" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C181" s="0" t="inlineStr">
         <is>
           <t>2039 Pusztazámor, Gárdonyi Géza utca 4., kerteszbotond@gmail.com</t>
         </is>
       </c>
       <c r="D181" s="0" t="inlineStr">
         <is>
           <t>Földtani természeti értékek és barlangok védelme: Sz-049/2013.</t>
         </is>
       </c>
       <c r="F181" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="182" spans="1:6" customHeight="0">
       <c r="A182" s="0" t="inlineStr">
         <is>
           <t>Kéthelyi Márton</t>
         </is>
       </c>
+      <c r="B182" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C182" s="0" t="inlineStr">
         <is>
           <t>1016 Budapest, Derék u. 5-7.</t>
         </is>
       </c>
       <c r="D182" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-037/2013.</t>
         </is>
       </c>
       <c r="F182" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="183" spans="1:6" customHeight="0">
       <c r="A183" s="0" t="inlineStr">
         <is>
           <t>Kevey Balázs dr.</t>
         </is>
       </c>
+      <c r="B183" s="0" t="inlineStr">
+        <is>
+          <t>Baranya</t>
+        </is>
+      </c>
       <c r="C183" s="0" t="inlineStr">
         <is>
           <t>7621 Pécs, Felsőmalom u. 16/1</t>
         </is>
       </c>
       <c r="D183" s="0" t="inlineStr">
         <is>
           <t>Földtani természeti értékek és barlangok védelme: SZ-057/2012.</t>
         </is>
       </c>
       <c r="F183" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="184" spans="1:6" customHeight="0">
       <c r="A184" s="0" t="inlineStr">
         <is>
           <t>Kincses Krisztina</t>
         </is>
       </c>
+      <c r="B184" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C184" s="0" t="inlineStr">
         <is>
           <t>1117 Budapest, Nádorliget utca 8/F.</t>
         </is>
       </c>
       <c r="D184" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-001/2018.</t>
         </is>
       </c>
       <c r="F184" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="185" spans="1:6" customHeight="0">
       <c r="A185" s="0" t="inlineStr">
         <is>
           <t>Király Botond Gergely, dr.</t>
         </is>
       </c>
+      <c r="B185" s="0" t="inlineStr">
+        <is>
+          <t>Győr-Moson-Sopron</t>
+        </is>
+      </c>
       <c r="C185" s="0" t="inlineStr">
         <is>
           <t>9462 Völcsej, Fő u. 126.</t>
         </is>
       </c>
       <c r="D185" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: Sz-020/2010.</t>
         </is>
       </c>
       <c r="F185" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="186" spans="1:6" customHeight="0">
       <c r="A186" s="0" t="inlineStr">
         <is>
           <t>Király Botond Gergely, dr.</t>
         </is>
       </c>
+      <c r="B186" s="0" t="inlineStr">
+        <is>
+          <t>Győr-Moson-Sopron</t>
+        </is>
+      </c>
       <c r="C186" s="0" t="inlineStr">
         <is>
           <t>9463 Völcsej, Fő u. 126.</t>
         </is>
       </c>
       <c r="D186" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-036/2012.</t>
         </is>
       </c>
       <c r="F186" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="187" spans="1:6" customHeight="0">
       <c r="A187" s="0" t="inlineStr">
         <is>
           <t>Kisbenedek Tibor</t>
         </is>
       </c>
+      <c r="B187" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C187" s="0" t="inlineStr">
         <is>
           <t>1054 Budapest, Zoltán u. 9. 2/4.</t>
         </is>
       </c>
       <c r="D187" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-062/2011.</t>
         </is>
       </c>
       <c r="F187" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="188" spans="1:6" customHeight="0">
       <c r="A188" s="0" t="inlineStr">
         <is>
           <t>Kiss Béla, Dr.</t>
         </is>
       </c>
+      <c r="B188" s="0" t="inlineStr">
+        <is>
+          <t>Hajdú-Bihar</t>
+        </is>
+      </c>
       <c r="C188" s="0" t="inlineStr">
         <is>
           <t>4225 Debrecen, Zsindely út 77.</t>
         </is>
       </c>
       <c r="D188" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-050/2011., Tájvédelem: SZ-018/2018.</t>
         </is>
       </c>
       <c r="F188" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="189" spans="1:6" customHeight="0">
       <c r="A189" s="0" t="inlineStr">
         <is>
           <t>Kiss Csaba</t>
         </is>
       </c>
+      <c r="B189" s="0" t="inlineStr">
+        <is>
+          <t>Komárom-Esztergom</t>
+        </is>
+      </c>
       <c r="C189" s="0" t="inlineStr">
         <is>
           <t>2521 Csolnok, Petőfi utca 43.</t>
         </is>
       </c>
       <c r="D189" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-005/2025.</t>
         </is>
       </c>
       <c r="F189" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="190" spans="1:6" customHeight="0">
       <c r="A190" s="0" t="inlineStr">
         <is>
           <t>Kiss István, dr.</t>
         </is>
       </c>
+      <c r="B190" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C190" s="0" t="inlineStr">
         <is>
           <t>1164 Budapest, Caprera u. 12.</t>
         </is>
       </c>
       <c r="D190" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-006/2013.</t>
         </is>
       </c>
       <c r="F190" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="191" spans="1:6" customHeight="0">
       <c r="A191" s="0" t="inlineStr">
         <is>
           <t>Kiss Tünde</t>
         </is>
       </c>
+      <c r="B191" s="0" t="inlineStr">
+        <is>
+          <t>Jász-Nagykun-Szolnok</t>
+        </is>
+      </c>
       <c r="C191" s="0" t="inlineStr">
         <is>
           <t>5100 Jászberény, Pajtás utca 7., kiss.tunde@kertikon.hu</t>
         </is>
       </c>
       <c r="D191" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-015/2024.</t>
         </is>
       </c>
       <c r="F191" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="192" spans="1:6" customHeight="0">
       <c r="A192" s="0" t="inlineStr">
         <is>
           <t>Kiss Zsolt</t>
         </is>
       </c>
+      <c r="B192" s="0" t="inlineStr">
+        <is>
+          <t>Fejér</t>
+        </is>
+      </c>
       <c r="C192" s="0" t="inlineStr">
         <is>
-          <t>8155 Polgárdi, Ifjúság u. 41.</t>
+          <t>8154 Polgárdi, Ifjúság u. 41.</t>
         </is>
       </c>
       <c r="D192" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-067/2012.</t>
         </is>
       </c>
       <c r="F192" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="193" spans="1:6" customHeight="0">
       <c r="A193" s="0" t="inlineStr">
         <is>
           <t>Kiss-Polák Andrea</t>
         </is>
       </c>
+      <c r="B193" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C193" s="0" t="inlineStr">
         <is>
           <t>2600 Vác, Fürdő u. 11.</t>
         </is>
       </c>
       <c r="D193" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-010/2011., Tájvédelem: SZ-010/2011.</t>
         </is>
       </c>
       <c r="F193" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="194" spans="1:6" customHeight="0">
       <c r="A194" s="0" t="inlineStr">
         <is>
           <t>Kissné Jáger Erika</t>
         </is>
       </c>
+      <c r="B194" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C194" s="0" t="inlineStr">
         <is>
           <t>1164 Budapest, Caprera u. 12.</t>
         </is>
       </c>
       <c r="D194" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: Sz-018/2011.</t>
         </is>
       </c>
       <c r="F194" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="195" spans="1:6" customHeight="0">
       <c r="A195" s="0" t="inlineStr">
         <is>
           <t>Kisvárdainé Fábián Erika</t>
         </is>
       </c>
+      <c r="B195" s="0" t="inlineStr">
+        <is>
+          <t>Tolna</t>
+        </is>
+      </c>
       <c r="C195" s="0" t="inlineStr">
         <is>
           <t>7200 Dombóvár, Móricz Zs. u. 31.</t>
         </is>
       </c>
       <c r="D195" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-010/2009.</t>
         </is>
       </c>
       <c r="F195" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="196" spans="1:6" customHeight="0">
       <c r="A196" s="0" t="inlineStr">
         <is>
           <t>Kling Zoltán</t>
         </is>
       </c>
+      <c r="B196" s="0" t="inlineStr">
+        <is>
+          <t>Bács-Kiskun</t>
+        </is>
+      </c>
       <c r="C196" s="0" t="inlineStr">
         <is>
           <t>6237 Kecel, Temető. u. 27.</t>
         </is>
       </c>
       <c r="D196" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: Sz-093/2010.</t>
         </is>
       </c>
       <c r="F196" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="197" spans="1:6" customHeight="0">
       <c r="A197" s="0" t="inlineStr">
         <is>
           <t>Kocsondi Csaba, Dr.</t>
         </is>
       </c>
+      <c r="B197" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C197" s="0" t="inlineStr">
         <is>
-          <t>1026 Budapest,, global2000kft@t-online.hu</t>
+          <t>1026 Budapest, Gábor Áron utca 36/A, 1/4, global2000kft@t-online.hu</t>
         </is>
       </c>
       <c r="D197" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-073/2011., Tájvédelem: SZ-073/2011.</t>
         </is>
       </c>
       <c r="F197" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="198" spans="1:6" customHeight="0">
       <c r="A198" s="0" t="inlineStr">
         <is>
           <t>Kojnok Alexandra Ágnes</t>
         </is>
       </c>
+      <c r="B198" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C198" s="0" t="inlineStr">
         <is>
           <t>1161 Budapest, József utca 135. I/6., kojnoka@hotmail.com</t>
         </is>
       </c>
       <c r="D198" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-009/2023.</t>
         </is>
       </c>
       <c r="F198" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="199" spans="1:6" customHeight="0">
       <c r="A199" s="0" t="inlineStr">
         <is>
           <t>Kókai Sándor, dr.</t>
         </is>
       </c>
+      <c r="B199" s="0" t="inlineStr">
+        <is>
+          <t>Szabolcs-Szatmár-Bereg</t>
+        </is>
+      </c>
       <c r="C199" s="0" t="inlineStr">
         <is>
           <t>4400 Nyíregyháza, Ószőlő u. 98.</t>
         </is>
       </c>
       <c r="D199" s="0" t="inlineStr">
         <is>
           <t>Földtani természeti értékek és barlangok védelme: SZ-026/2010.</t>
         </is>
       </c>
       <c r="F199" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="200" spans="1:6" customHeight="0">
       <c r="A200" s="0" t="inlineStr">
         <is>
           <t>Kókainé Gilyén Mária</t>
         </is>
       </c>
+      <c r="B200" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C200" s="0" t="inlineStr">
         <is>
           <t>1118 Budapest, Gazdagréti tér 5.</t>
         </is>
       </c>
       <c r="D200" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-057/2010.</t>
         </is>
       </c>
       <c r="F200" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="201" spans="1:6" customHeight="0">
       <c r="A201" s="0" t="inlineStr">
         <is>
           <t>Kollányi László István dr.</t>
         </is>
       </c>
+      <c r="B201" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C201" s="0" t="inlineStr">
         <is>
           <t>1185 Budapest,Munkács utca 7.</t>
         </is>
       </c>
       <c r="D201" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-003/2017</t>
         </is>
       </c>
       <c r="F201" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="202" spans="1:6" customHeight="0">
       <c r="A202" s="0" t="inlineStr">
         <is>
           <t>Koltai Gábor</t>
         </is>
       </c>
+      <c r="B202" s="0" t="inlineStr">
+        <is>
+          <t>Győr-Moson-Sopron</t>
+        </is>
+      </c>
       <c r="C202" s="0" t="inlineStr">
         <is>
           <t>9200 Mosonmagyaróvár, Halász utca 35.</t>
         </is>
       </c>
       <c r="D202" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-031/2012., Tájvédelem: SZ-031/2012.</t>
         </is>
       </c>
       <c r="F202" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="203" spans="1:6" customHeight="0">
       <c r="A203" s="0" t="inlineStr">
         <is>
           <t>Koncz Péter Bertalan, Dr.</t>
         </is>
       </c>
+      <c r="B203" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C203" s="0" t="inlineStr">
         <is>
           <t>1016 Budapest, Naphegy u 7. fsz. 2., pkoncz@gmail.com</t>
         </is>
       </c>
       <c r="D203" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-002/2023.</t>
         </is>
       </c>
       <c r="F203" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="204" spans="1:6" customHeight="0">
       <c r="A204" s="0" t="inlineStr">
         <is>
           <t>Konkoly-Gyuró Éva dr.</t>
         </is>
       </c>
+      <c r="B204" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C204" s="0" t="inlineStr">
         <is>
           <t>1024 Budapest, Keleti Károly u. 15b.</t>
         </is>
       </c>
       <c r="D204" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-016/2018.</t>
         </is>
       </c>
       <c r="F204" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="205" spans="1:6" customHeight="0">
       <c r="A205" s="0" t="inlineStr">
         <is>
           <t>Korda Márton </t>
         </is>
       </c>
       <c r="C205" s="0" t="inlineStr">
         <is>
           <t>1223 Budapest, Szabadkai u. 14.</t>
         </is>
       </c>
       <c r="F205" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="206" spans="1:6" customHeight="0">
       <c r="A206" s="0" t="inlineStr">
         <is>
           <t>Kőrösi Levente</t>
         </is>
       </c>
+      <c r="B206" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C206" s="0" t="inlineStr">
         <is>
           <t>2092 Budakeszi, Törökvész u. 90.</t>
         </is>
       </c>
       <c r="D206" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-052/2009.</t>
         </is>
       </c>
       <c r="F206" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="207" spans="1:6" customHeight="0">
       <c r="A207" s="0" t="inlineStr">
         <is>
           <t>Korózs Zsuzsanna Magdolna</t>
         </is>
       </c>
+      <c r="B207" s="0" t="inlineStr">
+        <is>
+          <t>Borsod-Abaúj-Zemplén</t>
+        </is>
+      </c>
       <c r="C207" s="0" t="inlineStr">
         <is>
           <t>3524 Miskolc, Adler Károly utca 21.</t>
         </is>
       </c>
       <c r="D207" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-012/2018.</t>
         </is>
       </c>
       <c r="F207" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="208" spans="1:6" customHeight="0">
       <c r="A208" s="0" t="inlineStr">
         <is>
           <t>Koscsó János</t>
         </is>
       </c>
+      <c r="B208" s="0" t="inlineStr">
+        <is>
+          <t>Borsod-Abaúj-Zemplén</t>
+        </is>
+      </c>
       <c r="C208" s="0" t="inlineStr">
         <is>
           <t>3529 Miskolc, Sályi I. u.16. 3/1.</t>
         </is>
       </c>
       <c r="D208" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-004/2012.</t>
         </is>
       </c>
       <c r="F208" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="209" spans="1:6" customHeight="0">
       <c r="A209" s="0" t="inlineStr">
         <is>
           <t>Kovács Anita</t>
         </is>
       </c>
+      <c r="B209" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C209" s="0" t="inlineStr">
         <is>
           <t>1033 Budapest, Búvár utca 3. 10/53.</t>
         </is>
       </c>
       <c r="D209" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-017/2018.</t>
         </is>
       </c>
       <c r="F209" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="210" spans="1:6" customHeight="0">
       <c r="A210" s="0" t="inlineStr">
         <is>
           <t>Kovács Antalné Földessy Mariann</t>
         </is>
       </c>
+      <c r="B210" s="0" t="inlineStr">
+        <is>
+          <t>Heves</t>
+        </is>
+      </c>
       <c r="C210" s="0" t="inlineStr">
         <is>
           <t>3232 Mátrafüred, Hegyalja út 17.</t>
         </is>
       </c>
       <c r="D210" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-032/2010.</t>
         </is>
       </c>
       <c r="F210" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="211" spans="1:6" customHeight="0">
       <c r="A211" s="0" t="inlineStr">
         <is>
           <t>Kovács Attila</t>
         </is>
       </c>
+      <c r="B211" s="0" t="inlineStr">
+        <is>
+          <t>Veszprém</t>
+        </is>
+      </c>
       <c r="C211" s="0" t="inlineStr">
         <is>
           <t>8553 Lovászpatona, Árpád u. 44., kovacsa.jack@gmail.com</t>
         </is>
       </c>
       <c r="D211" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-008/2023.</t>
         </is>
       </c>
       <c r="F211" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="212" spans="1:6" customHeight="0">
       <c r="A212" s="0" t="inlineStr">
         <is>
           <t>Kovács Gyuláné dr. Halász Rozália</t>
         </is>
       </c>
+      <c r="B212" s="0" t="inlineStr">
+        <is>
+          <t>Jász-Nagykun-Szolnok</t>
+        </is>
+      </c>
       <c r="C212" s="0" t="inlineStr">
         <is>
           <t>5000. Szolnok, Ponty u. 27.</t>
         </is>
       </c>
       <c r="D212" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-070/2010., Tájvédelem: SZ-070/2010.</t>
         </is>
       </c>
       <c r="F212" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="213" spans="1:6" customHeight="0">
       <c r="A213" s="0" t="inlineStr">
         <is>
           <t>Kovács Norbert</t>
         </is>
       </c>
+      <c r="B213" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C213" s="0" t="inlineStr">
         <is>
           <t>1077 Budapest, Rózsa utca 27. III. 3.</t>
         </is>
       </c>
       <c r="D213" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-041/2008., Földtani természeti értékek és barlangok védelme: SZ-041/2008.</t>
         </is>
       </c>
       <c r="F213" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="214" spans="1:6" customHeight="0">
       <c r="A214" s="0" t="inlineStr">
         <is>
           <t>Kovács Péter</t>
         </is>
       </c>
+      <c r="B214" s="0" t="inlineStr">
+        <is>
+          <t>Zala</t>
+        </is>
+      </c>
       <c r="C214" s="0" t="inlineStr">
         <is>
           <t>8900 Zalaegerszeg, Kossuth Lajos út 15.</t>
         </is>
       </c>
       <c r="D214" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-024/2012.</t>
         </is>
       </c>
       <c r="F214" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="215" spans="1:6" customHeight="0">
       <c r="A215" s="0" t="inlineStr">
         <is>
           <t>Kovács Tibor</t>
         </is>
       </c>
+      <c r="B215" s="0" t="inlineStr">
+        <is>
+          <t>Heves</t>
+        </is>
+      </c>
       <c r="C215" s="0" t="inlineStr">
         <is>
           <t>3200 Gyöngyös, Farkasmály, külterület 007</t>
         </is>
       </c>
       <c r="D215" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-014/2013.</t>
         </is>
       </c>
       <c r="F215" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="216" spans="1:6" customHeight="0">
       <c r="A216" s="0" t="inlineStr">
         <is>
           <t>Kovács Tibor, dr.</t>
         </is>
       </c>
+      <c r="B216" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C216" s="0" t="inlineStr">
         <is>
           <t>1165 Budapest, Hunyadvár u. 43/a.</t>
         </is>
       </c>
       <c r="D216" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-058/2010., Földtani természeti értékek és barlangok védelme: SZ-058/2010.</t>
         </is>
       </c>
       <c r="F216" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="217" spans="1:6" customHeight="0">
       <c r="A217" s="0" t="inlineStr">
         <is>
           <t>Kovacsics-Vári Gergely</t>
         </is>
       </c>
+      <c r="B217" s="0" t="inlineStr">
+        <is>
+          <t>Szabolcs-Szatmár-Bereg</t>
+        </is>
+      </c>
       <c r="C217" s="0" t="inlineStr">
         <is>
           <t>4400 Nyíregyháza, Óvoda utca 2. I./7., 130kvg@gmail.com</t>
         </is>
       </c>
       <c r="D217" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-001/2025.</t>
         </is>
       </c>
       <c r="F217" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="218" spans="1:6" customHeight="0">
       <c r="A218" s="0" t="inlineStr">
         <is>
           <t>Kováts Dávid, dr.</t>
         </is>
       </c>
+      <c r="B218" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C218" s="0" t="inlineStr">
         <is>
           <t>1132 Budapest, Visegrádi utca 66.</t>
         </is>
       </c>
       <c r="D218" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-004/2018.</t>
         </is>
       </c>
       <c r="F218" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="219" spans="1:6" customHeight="0">
       <c r="A219" s="0" t="inlineStr">
         <is>
           <t>Kraus Sándor</t>
         </is>
       </c>
+      <c r="B219" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C219" s="0" t="inlineStr">
         <is>
           <t>1039 Budapest, Sinkovits út 30.</t>
         </is>
       </c>
       <c r="D219" s="0" t="inlineStr">
         <is>
           <t>Földtani természeti értékek és barlangok védelme: Sz-001/2020</t>
         </is>
       </c>
       <c r="F219" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="220" spans="1:6" customHeight="0">
       <c r="A220" s="0" t="inlineStr">
         <is>
           <t>Kriszt Balázs, dr.</t>
         </is>
       </c>
+      <c r="B220" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C220" s="0" t="inlineStr">
         <is>
           <t>2100 Gödöllő, Mátyás kir. u. 66.</t>
         </is>
       </c>
       <c r="D220" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-069/2012.</t>
         </is>
       </c>
       <c r="F220" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="221" spans="1:6" customHeight="0">
       <c r="A221" s="0" t="inlineStr">
         <is>
           <t>Kulcsár László, dr.</t>
         </is>
       </c>
+      <c r="B221" s="0" t="inlineStr">
+        <is>
+          <t>Vas</t>
+        </is>
+      </c>
       <c r="C221" s="0" t="inlineStr">
         <is>
           <t>9600 Sárvár, Orsolya utca 19., kulcsar.laszlo69@gmail.com</t>
         </is>
       </c>
       <c r="D221" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-075/2010., Tájvédelem: SZ-005/2021.</t>
         </is>
       </c>
       <c r="F221" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="222" spans="1:6" customHeight="0">
       <c r="A222" s="0" t="inlineStr">
         <is>
           <t>Kun András</t>
         </is>
       </c>
+      <c r="B222" s="0" t="inlineStr">
+        <is>
+          <t>Somogy</t>
+        </is>
+      </c>
       <c r="C222" s="0" t="inlineStr">
         <is>
           <t>8699 Somogyvámos, Fő u. 62., kunandras29@gmail.com</t>
         </is>
       </c>
       <c r="D222" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-014/2021.</t>
         </is>
       </c>
       <c r="F222" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="223" spans="1:6" customHeight="0">
       <c r="A223" s="0" t="inlineStr">
         <is>
           <t>Kun Zoltán</t>
         </is>
       </c>
+      <c r="B223" s="0" t="inlineStr">
+        <is>
+          <t>Győr-Moson-Sopron</t>
+        </is>
+      </c>
       <c r="C223" s="0" t="inlineStr">
         <is>
           <t>9011 Győr, Pósa Lajos út 11.</t>
         </is>
       </c>
       <c r="D223" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-058/2014., Tájvédelem: SZ-058/2014.</t>
         </is>
       </c>
       <c r="F223" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="224" spans="1:6" customHeight="0">
       <c r="A224" s="0" t="inlineStr">
         <is>
           <t>Kurali Anikó, Dr.</t>
         </is>
       </c>
+      <c r="B224" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C224" s="0" t="inlineStr">
         <is>
           <t>2310 Szigetszentmiklós, Tököli út 154., kuralianiko@gmail.com</t>
         </is>
       </c>
       <c r="D224" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-008/2025.</t>
         </is>
       </c>
       <c r="F224" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="225" spans="1:6" customHeight="0">
       <c r="A225" s="0" t="inlineStr">
         <is>
-          <t>Lakatos Veronika </t>
+          <t>Lakatos Veronika</t>
+        </is>
+      </c>
+      <c r="B225" s="0" t="inlineStr">
+        <is>
+          <t>Baranya</t>
         </is>
       </c>
       <c r="C225" s="0" t="inlineStr">
         <is>
           <t>7636 Pécs, Akácos sor 9.</t>
         </is>
       </c>
       <c r="D225" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-055/2014., Tájvédelem: Sz-055/2014.</t>
         </is>
       </c>
       <c r="F225" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="226" spans="1:6" customHeight="0">
       <c r="A226" s="0" t="inlineStr">
         <is>
           <t>László Tibor</t>
         </is>
       </c>
+      <c r="B226" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C226" s="0" t="inlineStr">
         <is>
           <t>2089 Telki, Juharfa u. 3.</t>
         </is>
       </c>
       <c r="D226" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-038/2011., Tájvédelem: SZ-038/A/2011.</t>
         </is>
       </c>
       <c r="F226" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="227" spans="1:6" customHeight="0">
       <c r="A227" s="0" t="inlineStr">
         <is>
           <t>Lázár Viktor</t>
         </is>
       </c>
+      <c r="B227" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C227" s="0" t="inlineStr">
         <is>
           <t>2115 Vácszentlászló, Zsámboki u. 53.</t>
         </is>
       </c>
       <c r="D227" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-055/2011.</t>
         </is>
       </c>
       <c r="F227" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="228" spans="1:6" customHeight="0">
       <c r="A228" s="0" t="inlineStr">
         <is>
           <t>Leél-Őssy Szabolcs, dr.</t>
         </is>
       </c>
+      <c r="B228" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C228" s="0" t="inlineStr">
         <is>
           <t>1015. Budapest, Batthyány u 53.</t>
         </is>
       </c>
       <c r="D228" s="0" t="inlineStr">
         <is>
           <t>Földtani természeti értékek és barlangok védelme: SZ-071/2010.</t>
         </is>
       </c>
       <c r="F228" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="229" spans="1:6" customHeight="0">
       <c r="A229" s="0" t="inlineStr">
         <is>
           <t>Lévay Tibor</t>
         </is>
       </c>
+      <c r="B229" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C229" s="0" t="inlineStr">
         <is>
           <t>1221 Budapest, Magdolna u. 6.</t>
         </is>
       </c>
       <c r="D229" s="0" t="inlineStr">
         <is>
           <t>Földtani természeti értékek és barlangok védelme: SZ-016/2010.</t>
         </is>
       </c>
       <c r="F229" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="230" spans="1:6" customHeight="0">
       <c r="A230" s="0" t="inlineStr">
         <is>
           <t>Lipcsei Ágnes</t>
         </is>
       </c>
+      <c r="B230" s="0" t="inlineStr">
+        <is>
+          <t>Szabolcs-Szatmár-Bereg</t>
+        </is>
+      </c>
       <c r="C230" s="0" t="inlineStr">
         <is>
           <t>4400 Nyíregyháza, Nádor utca 61., iroda@mundus.hu</t>
         </is>
       </c>
       <c r="D230" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-007/2024., Tájvédelem: SZ-001/2016.</t>
         </is>
       </c>
       <c r="F230" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="231" spans="1:6" customHeight="0">
       <c r="A231" s="0" t="inlineStr">
         <is>
           <t>Lőrinczy Linda</t>
         </is>
       </c>
+      <c r="B231" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C231" s="0" t="inlineStr">
         <is>
           <t>1038 Budapest, Hegyláb utca 9. földszint 1. ajtó, linda.lorinczy@gmail.com</t>
         </is>
       </c>
       <c r="D231" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-013/2021.</t>
         </is>
       </c>
       <c r="F231" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="232" spans="1:6" customHeight="0">
       <c r="A232" s="0" t="inlineStr">
         <is>
           <t>Lovászi Péter</t>
         </is>
       </c>
+      <c r="B232" s="0" t="inlineStr">
+        <is>
+          <t>Csongrád-Csanád</t>
+        </is>
+      </c>
       <c r="C232" s="0" t="inlineStr">
         <is>
           <t>6757 Szeged, Bacsó Béla utca 2.</t>
         </is>
       </c>
       <c r="D232" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-013/2015., Tájvédelem: SZ-013/2015.</t>
         </is>
       </c>
       <c r="F232" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="233" spans="1:6" customHeight="0">
       <c r="A233" s="0" t="inlineStr">
         <is>
           <t>Ludányi Csaba László</t>
         </is>
       </c>
+      <c r="B233" s="0" t="inlineStr">
+        <is>
+          <t>Heves</t>
+        </is>
+      </c>
       <c r="C233" s="0" t="inlineStr">
         <is>
           <t>3300 Eger, II. Rákóczi Ferenc utca 73.</t>
         </is>
       </c>
       <c r="D233" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-010/2015., Földtani természeti értékek és barlangok védelme: SZ-010/2015., Tájvédelem: SZ-10/2015.</t>
         </is>
       </c>
       <c r="F233" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="234" spans="1:6" customHeight="0">
       <c r="A234" s="0" t="inlineStr">
         <is>
           <t>Lukács Balázs András</t>
         </is>
       </c>
+      <c r="B234" s="0" t="inlineStr">
+        <is>
+          <t>Hajdú-Bihar</t>
+        </is>
+      </c>
       <c r="C234" s="0" t="inlineStr">
         <is>
-          <t>4032 Debrecen, Thomas Mann u. 25.) </t>
+          <t>4032 Debrecen, Thomas Mann u. 25.</t>
         </is>
       </c>
       <c r="D234" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-048/2013.</t>
         </is>
       </c>
       <c r="F234" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="235" spans="1:6" customHeight="0">
       <c r="A235" s="0" t="inlineStr">
         <is>
           <t>Madarász Boglárka Éva</t>
         </is>
       </c>
+      <c r="B235" s="0" t="inlineStr">
+        <is>
+          <t>Bács-Kiskun</t>
+        </is>
+      </c>
       <c r="C235" s="0" t="inlineStr">
         <is>
           <t>6070 Izsák, Matyó dűlő 64.</t>
         </is>
       </c>
       <c r="D235" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-044/2010.</t>
         </is>
       </c>
       <c r="F235" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="236" spans="1:6" customHeight="0">
       <c r="A236" s="0" t="inlineStr">
         <is>
           <t>Magyar Balázs</t>
         </is>
       </c>
+      <c r="B236" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C236" s="0" t="inlineStr">
         <is>
           <t>1134 Budapest, Klapka u. 1-3.</t>
         </is>
       </c>
       <c r="D236" s="0" t="inlineStr">
         <is>
           <t>Földtani természeti értékek és barlangok védelme: SZ-066/2011.</t>
         </is>
       </c>
       <c r="F236" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="237" spans="1:6" customHeight="0">
       <c r="A237" s="0" t="inlineStr">
         <is>
           <t>Magyar Emőke</t>
         </is>
       </c>
+      <c r="B237" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C237" s="0" t="inlineStr">
         <is>
           <t>1091 Budapest, Üllői út 71.</t>
         </is>
       </c>
       <c r="D237" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-033/2009., Tájvédelem: SZ-033/2009.</t>
         </is>
       </c>
       <c r="F237" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="238" spans="1:6" customHeight="0">
       <c r="A238" s="0" t="inlineStr">
         <is>
           <t>Magyar Linda</t>
         </is>
       </c>
+      <c r="B238" s="0" t="inlineStr">
+        <is>
+          <t>Győr-Moson-Sopron</t>
+        </is>
+      </c>
       <c r="C238" s="0" t="inlineStr">
         <is>
           <t>9451 Ebergőc, Mező u. 2., linda.magyar04@gmail.com</t>
         </is>
       </c>
       <c r="D238" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-003/2025.</t>
         </is>
       </c>
       <c r="F238" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="239" spans="1:6" customHeight="0">
       <c r="A239" s="0" t="inlineStr">
         <is>
           <t>Májer Imre Péter</t>
         </is>
       </c>
+      <c r="B239" s="0" t="inlineStr">
+        <is>
+          <t>Szabolcs-Szatmár-Bereg</t>
+        </is>
+      </c>
       <c r="C239" s="0" t="inlineStr">
         <is>
           <t>4461 Nyírtelek, Váczi Mihály utca 2.</t>
         </is>
       </c>
       <c r="D239" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-018/2017.</t>
         </is>
       </c>
       <c r="F239" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="240" spans="1:6" customHeight="0">
       <c r="A240" s="0" t="inlineStr">
         <is>
           <t>Malatinszky Ákos, dr.</t>
         </is>
       </c>
+      <c r="B240" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C240" s="0" t="inlineStr">
         <is>
           <t>2100 Gödöllő, Tompa Mihály u. 3.</t>
         </is>
       </c>
       <c r="D240" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-029/2011.</t>
         </is>
       </c>
       <c r="F240" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="241" spans="1:6" customHeight="0">
       <c r="A241" s="0" t="inlineStr">
         <is>
           <t>Málnás Kristóf András, Dr.</t>
         </is>
       </c>
+      <c r="B241" s="0" t="inlineStr">
+        <is>
+          <t>Hajdú-Bihar</t>
+        </is>
+      </c>
       <c r="C241" s="0" t="inlineStr">
         <is>
           <t>4027 Debrecen, Szegfű utca 3. 4/19.</t>
         </is>
       </c>
       <c r="D241" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-002/2018.</t>
         </is>
       </c>
       <c r="F241" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="242" spans="1:6" customHeight="0">
       <c r="A242" s="0" t="inlineStr">
         <is>
           <t>Mándi József</t>
         </is>
       </c>
+      <c r="B242" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C242" s="0" t="inlineStr">
         <is>
           <t>1215 Budapest, Védgát utca 4.</t>
         </is>
       </c>
       <c r="D242" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-001/2017.</t>
         </is>
       </c>
       <c r="F242" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="243" spans="1:6" customHeight="0">
       <c r="A243" s="0" t="inlineStr">
         <is>
           <t>Márkus Adrienn</t>
         </is>
       </c>
+      <c r="B243" s="0" t="inlineStr">
+        <is>
+          <t>Borsod-Abaúj-Zemplén</t>
+        </is>
+      </c>
       <c r="C243" s="0" t="inlineStr">
         <is>
           <t>3724 Ragály, Rákóczi Ferenc út 29., markus.adrienn91@gmail.com</t>
         </is>
       </c>
       <c r="D243" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-011/2023.</t>
         </is>
       </c>
       <c r="F243" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="244" spans="1:6" customHeight="0">
       <c r="A244" s="0" t="inlineStr">
         <is>
           <t>Márkus András</t>
         </is>
       </c>
+      <c r="B244" s="0" t="inlineStr">
+        <is>
+          <t>Baranya</t>
+        </is>
+      </c>
       <c r="C244" s="0" t="inlineStr">
         <is>
           <t>7625 Pécs, Szőlő u. 14.</t>
         </is>
       </c>
       <c r="D244" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-003/2016.</t>
         </is>
       </c>
       <c r="F244" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="245" spans="1:6" customHeight="0">
       <c r="A245" s="0" t="inlineStr">
         <is>
           <t>Márkus Ferenc</t>
         </is>
       </c>
+      <c r="B245" s="0" t="inlineStr">
+        <is>
+          <t>Komárom-Esztergom</t>
+        </is>
+      </c>
       <c r="C245" s="0" t="inlineStr">
         <is>
           <t>2890 Tata, Nefelejcs u. 1.</t>
         </is>
       </c>
       <c r="D245" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-041/2012., Földtani természeti értékek és barlangok védelme: Sz-041/2012.</t>
         </is>
       </c>
       <c r="F245" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="246" spans="1:6" customHeight="0">
       <c r="A246" s="0" t="inlineStr">
         <is>
           <t>Marosán Miklós, Dr.</t>
         </is>
       </c>
+      <c r="B246" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C246" s="0" t="inlineStr">
         <is>
           <t>1136 Budapest, Pannónia utca 35-37., V. emelet 35.</t>
         </is>
       </c>
       <c r="D246" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-006/2021.</t>
         </is>
       </c>
       <c r="F246" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="247" spans="1:6" customHeight="0">
       <c r="A247" s="0" t="inlineStr">
         <is>
           <t>Mátrai Ildikó</t>
         </is>
       </c>
+      <c r="B247" s="0" t="inlineStr">
+        <is>
+          <t>Bács-Kiskun</t>
+        </is>
+      </c>
       <c r="C247" s="0" t="inlineStr">
         <is>
           <t>6522 Gara, Partizán u. 50.</t>
         </is>
       </c>
       <c r="D247" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-079/2010.</t>
         </is>
       </c>
       <c r="F247" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="248" spans="1:6" customHeight="0">
       <c r="A248" s="0" t="inlineStr">
         <is>
           <t>Mátrai Levente Gábor</t>
         </is>
       </c>
+      <c r="B248" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C248" s="0" t="inlineStr">
         <is>
           <t>1111 Budapest, Budafoki út 26/B. 3. emelet 1. ajtó, levente.matrai@vatikft.hu</t>
         </is>
       </c>
       <c r="D248" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-010/2023.</t>
         </is>
       </c>
       <c r="F248" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="249" spans="1:6" customHeight="0">
       <c r="A249" s="0" t="inlineStr">
         <is>
           <t>Mátrai Norbert</t>
         </is>
       </c>
+      <c r="B249" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C249" s="0" t="inlineStr">
         <is>
           <t>2100 Gödöllő, Szent János u. 11/a. fszt. 2.</t>
         </is>
       </c>
       <c r="D249" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-017/2013.</t>
         </is>
       </c>
       <c r="F249" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="250" spans="1:6" customHeight="0">
       <c r="A250" s="0" t="inlineStr">
         <is>
           <t>Meleg Zoltán</t>
         </is>
       </c>
+      <c r="B250" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C250" s="0" t="inlineStr">
         <is>
           <t>1163 Budapest, Remény u. 47/a.</t>
         </is>
       </c>
       <c r="D250" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-067-2011., Tájvédelem: SZ-067-2011.</t>
         </is>
       </c>
       <c r="F250" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="251" spans="1:6" customHeight="0">
       <c r="A251" s="0" t="inlineStr">
         <is>
           <t>Mercsák József László</t>
         </is>
       </c>
+      <c r="B251" s="0" t="inlineStr">
+        <is>
+          <t>Borsod-Abaúj-Zemplén</t>
+        </is>
+      </c>
       <c r="C251" s="0" t="inlineStr">
         <is>
-          <t>3916 Tarcal, Klapka u. 14.</t>
+          <t>3915 Tarcal, Klapka u. 14.</t>
         </is>
       </c>
       <c r="D251" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-066/2012., Tájvédelem: SZ-066/2012.</t>
         </is>
       </c>
       <c r="F251" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="252" spans="1:6" customHeight="0">
       <c r="A252" s="0" t="inlineStr">
         <is>
           <t>Mesterházy Attila</t>
         </is>
       </c>
+      <c r="B252" s="0" t="inlineStr">
+        <is>
+          <t>Vas</t>
+        </is>
+      </c>
       <c r="C252" s="0" t="inlineStr">
         <is>
           <t>9500 Celldömölk, Hunyadi u. 55.</t>
         </is>
       </c>
       <c r="D252" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-0060/2012., Tájvédelem: SZ-007/2010.</t>
         </is>
       </c>
       <c r="F252" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="253" spans="1:6" customHeight="0">
       <c r="A253" s="0" t="inlineStr">
         <is>
           <t>Mészáros Szilvia</t>
         </is>
       </c>
+      <c r="B253" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C253" s="0" t="inlineStr">
         <is>
           <t>1046 Budapest, Nádor utca 36. mf. 32., szilvia.meszaros22@gmail.com</t>
         </is>
       </c>
       <c r="D253" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-006/2018., Tájvédelem: SZ-006/2018.</t>
         </is>
       </c>
       <c r="F253" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="254" spans="1:6" customHeight="0">
       <c r="A254" s="0" t="inlineStr">
         <is>
-          <t>Milotai Andrea </t>
+          <t>Milotai Andrea</t>
+        </is>
+      </c>
+      <c r="B254" s="0" t="inlineStr">
+        <is>
+          <t>Hajdú-Bihar</t>
         </is>
       </c>
       <c r="C254" s="0" t="inlineStr">
         <is>
           <t>4027 Debrecen, Honvédtemető u. 31.</t>
         </is>
       </c>
       <c r="D254" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-060/2014.</t>
         </is>
       </c>
       <c r="F254" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="255" spans="1:6" customHeight="0">
       <c r="A255" s="0" t="inlineStr">
         <is>
           <t>Módosné Bugyi Ildikó</t>
         </is>
       </c>
+      <c r="B255" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C255" s="0" t="inlineStr">
         <is>
           <t>2030 Érd, Folyondár utca 142., mbildi@gmail.com</t>
         </is>
       </c>
       <c r="D255" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-011/2025.</t>
         </is>
       </c>
       <c r="F255" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="256" spans="1:6" customHeight="0">
       <c r="A256" s="0" t="inlineStr">
         <is>
           <t>Mogyorós Péter</t>
         </is>
       </c>
+      <c r="B256" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C256" s="0" t="inlineStr">
         <is>
-          <t>2011 Dunakeszi, Zsófia u. 17/B.</t>
+          <t>2120 Dunakeszi, Zsófia u. 17/B.</t>
         </is>
       </c>
       <c r="D256" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-015/2012., Földtani természeti értékek és barlangok védelme: SZ-059/2010., Tájvédelem: SZ-015/2012.</t>
         </is>
       </c>
       <c r="F256" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="257" spans="1:6" customHeight="0">
       <c r="A257" s="0" t="inlineStr">
         <is>
           <t>Molnár András</t>
         </is>
       </c>
+      <c r="B257" s="0" t="inlineStr">
+        <is>
+          <t>Vas</t>
+        </is>
+      </c>
       <c r="C257" s="0" t="inlineStr">
         <is>
           <t>9749 Nemesbőd, Dózsa Gy. u. 15.</t>
         </is>
       </c>
       <c r="D257" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-039/2010., Tájvédelem: SZ-039/2010.</t>
         </is>
       </c>
       <c r="F257" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="258" spans="1:6" customHeight="0">
       <c r="A258" s="0" t="inlineStr">
         <is>
           <t>Molnár Attila</t>
         </is>
       </c>
+      <c r="B258" s="0" t="inlineStr">
+        <is>
+          <t>Hajdú-Bihar</t>
+        </is>
+      </c>
       <c r="C258" s="0" t="inlineStr">
         <is>
           <t>4027 Debrecen, Domokos Lajos utca 8. fszt. 1.</t>
         </is>
       </c>
       <c r="D258" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-009/2017., Tájvédelem: SZ-009/2017.</t>
         </is>
       </c>
       <c r="F258" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="259" spans="1:6" customHeight="0">
       <c r="A259" s="0" t="inlineStr">
         <is>
           <t>Molnár Gyula</t>
         </is>
       </c>
+      <c r="B259" s="0" t="inlineStr">
+        <is>
+          <t>Csongrád-Csanád</t>
+        </is>
+      </c>
       <c r="C259" s="0" t="inlineStr">
         <is>
           <t>6726 Szeged, Pinty u. 11/5.</t>
         </is>
       </c>
       <c r="D259" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-008/2013.</t>
         </is>
       </c>
       <c r="F259" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="260" spans="1:6" customHeight="0">
       <c r="A260" s="0" t="inlineStr">
         <is>
           <t>Molnár Péter Pál</t>
         </is>
       </c>
+      <c r="B260" s="0" t="inlineStr">
+        <is>
+          <t>Borsod-Abaúj-Zemplén</t>
+        </is>
+      </c>
       <c r="C260" s="0" t="inlineStr">
         <is>
           <t>3517 Miskolc, Palota u. 87.</t>
         </is>
       </c>
       <c r="D260" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-015/2010., Tájvédelem: SZ-015/2010.</t>
         </is>
       </c>
       <c r="F260" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="261" spans="1:6" customHeight="0">
       <c r="A261" s="0" t="inlineStr">
         <is>
           <t>Molnár Tivadar Péter, Dr.</t>
         </is>
       </c>
+      <c r="B261" s="0" t="inlineStr">
+        <is>
+          <t>Borsod-Abaúj-Zemplén</t>
+        </is>
+      </c>
       <c r="C261" s="0" t="inlineStr">
         <is>
           <t>3533 Miskolc, Komlós tető 71.</t>
         </is>
       </c>
       <c r="D261" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-014/2024.</t>
         </is>
       </c>
       <c r="F261" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="262" spans="1:6" customHeight="0">
       <c r="A262" s="0" t="inlineStr">
         <is>
           <t>Molnár Veronika</t>
         </is>
       </c>
+      <c r="B262" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C262" s="0" t="inlineStr">
         <is>
           <t>1113 Budapest, Kökörcsin u. 6. mfsz.1.</t>
         </is>
       </c>
       <c r="D262" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-007/2016., Tájvédelem: SZ-007/2016.</t>
         </is>
       </c>
       <c r="F262" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="263" spans="1:6" customHeight="0">
       <c r="A263" s="0" t="inlineStr">
         <is>
           <t>Molnár Zsófia, Dr.</t>
         </is>
       </c>
+      <c r="B263" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C263" s="0" t="inlineStr">
         <is>
           <t>1025 Budapest, Verecke út 2.</t>
         </is>
       </c>
       <c r="D263" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-047/2014.</t>
         </is>
       </c>
       <c r="F263" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="264" spans="1:6" customHeight="0">
       <c r="A264" s="0" t="inlineStr">
         <is>
           <t>Mónus Ferenc</t>
         </is>
       </c>
+      <c r="B264" s="0" t="inlineStr">
+        <is>
+          <t>Hajdú-Bihar</t>
+        </is>
+      </c>
       <c r="C264" s="0" t="inlineStr">
         <is>
           <t>4032 Debrecen, Poroszlay utca 35/B.</t>
         </is>
       </c>
       <c r="D264" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-050/2012.</t>
         </is>
       </c>
       <c r="F264" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="265" spans="1:6" customHeight="0">
       <c r="A265" s="0" t="inlineStr">
         <is>
           <t>Móricz Anna</t>
         </is>
       </c>
+      <c r="B265" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C265" s="0" t="inlineStr">
         <is>
           <t>2120 Dunakeszi, Duna sor 53., moricza.tajep@gmail.com</t>
         </is>
       </c>
       <c r="D265" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-020/2019.</t>
         </is>
       </c>
       <c r="F265" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="266" spans="1:6" customHeight="0">
       <c r="A266" s="0" t="inlineStr">
         <is>
           <t>Morvai Anita</t>
         </is>
       </c>
+      <c r="B266" s="0" t="inlineStr">
+        <is>
+          <t>Fejér</t>
+        </is>
+      </c>
       <c r="C266" s="0" t="inlineStr">
         <is>
           <t>8000 Székesfehérvár, Mikszáth Kálmán u. 7.</t>
         </is>
       </c>
       <c r="D266" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-012/2021.</t>
         </is>
       </c>
       <c r="F266" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="267" spans="1:6" customHeight="0">
       <c r="A267" s="0" t="inlineStr">
         <is>
           <t>Motkó Béla</t>
         </is>
       </c>
+      <c r="B267" s="0" t="inlineStr">
+        <is>
+          <t>Békés</t>
+        </is>
+      </c>
       <c r="C267" s="0" t="inlineStr">
         <is>
           <t>5538 Biharugra, Kossuth u. 33.</t>
         </is>
       </c>
       <c r="D267" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-008/2016., Tájvédelem: SZ-008/2016.</t>
         </is>
       </c>
       <c r="F267" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="268" spans="1:6" customHeight="0">
       <c r="A268" s="0" t="inlineStr">
         <is>
           <t>Moyzes Antal</t>
         </is>
       </c>
+      <c r="B268" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C268" s="0" t="inlineStr">
         <is>
           <t>1031 Budapest, Gázgyári ltp. D. ép. 2. em. 3.</t>
         </is>
       </c>
       <c r="D268" s="0" t="inlineStr">
         <is>
           <t>Földtani természeti értékek és barlangok védelme: SZ-051/2010.</t>
         </is>
       </c>
       <c r="F268" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="269" spans="1:6" customHeight="0">
       <c r="A269" s="0" t="inlineStr">
         <is>
           <t>Müller Ivett</t>
         </is>
       </c>
+      <c r="B269" s="0" t="inlineStr">
+        <is>
+          <t>Csongrád-Csanád</t>
+        </is>
+      </c>
       <c r="C269" s="0" t="inlineStr">
         <is>
           <t>6500 Baja, Hermann Ottó u. 4/D.</t>
         </is>
       </c>
       <c r="D269" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-017/2019.</t>
         </is>
       </c>
       <c r="F269" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="270" spans="1:6" customHeight="0">
       <c r="A270" s="0" t="inlineStr">
         <is>
           <t>Müller Krisztina</t>
         </is>
       </c>
+      <c r="B270" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C270" s="0" t="inlineStr">
         <is>
           <t>1011 Budapest, Bertalan Lajos utca 11., 1. emelet 1., napkert@gmail.com</t>
         </is>
       </c>
       <c r="D270" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-012/2025.</t>
         </is>
       </c>
       <c r="F270" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="271" spans="1:6" customHeight="0">
       <c r="A271" s="0" t="inlineStr">
         <is>
           <t>Müller Zoltán, dr.</t>
         </is>
       </c>
+      <c r="B271" s="0" t="inlineStr">
+        <is>
+          <t>Hajdú-Bihar</t>
+        </is>
+      </c>
       <c r="C271" s="0" t="inlineStr">
         <is>
           <t>4033 Debrecen, Soó R. u. 21.</t>
         </is>
       </c>
       <c r="D271" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-034/2012., Földtani természeti értékek és barlangok védelme: SZ-048/2012.</t>
         </is>
       </c>
       <c r="F271" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="272" spans="1:6" customHeight="0">
       <c r="A272" s="0" t="inlineStr">
         <is>
           <t>Musicz László Norbert dr.</t>
         </is>
       </c>
+      <c r="B272" s="0" t="inlineStr">
+        <is>
+          <t>Komárom-Esztergom</t>
+        </is>
+      </c>
       <c r="C272" s="0" t="inlineStr">
         <is>
           <t>2890 Tata, Bláthy Ottó u. 25. 3/7., fabalis@gmail.com</t>
         </is>
       </c>
       <c r="D272" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-018/2009., Földtani természeti értékek és barlangok védelme: SZ-021/2016., Tájvédelem: SZ-018/2009.</t>
         </is>
       </c>
       <c r="F272" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="273" spans="1:6" customHeight="0">
       <c r="A273" s="0" t="inlineStr">
         <is>
           <t>Nádai Brigitta</t>
         </is>
       </c>
+      <c r="B273" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C273" s="0" t="inlineStr">
         <is>
           <t>1121 Budapest, Rácz Aladár utca 7., nadai.brigitta@yahoo.com, 36-209937683</t>
         </is>
       </c>
       <c r="D273" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-003/2019., Tájvédelem: SZ-002/2019.</t>
         </is>
       </c>
       <c r="F273" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="274" spans="1:6" customHeight="0">
       <c r="A274" s="0" t="inlineStr">
         <is>
           <t>Nádasy László Zoltán, Dr.</t>
         </is>
       </c>
+      <c r="B274" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C274" s="0" t="inlineStr">
         <is>
           <t>1116 Budapest, Nándorfejérvári út 33. 3. emelet 4. ajtó, nadasy.laszlo.zoltan@uni-mate.hu</t>
         </is>
       </c>
       <c r="D274" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-004/2024.</t>
         </is>
       </c>
       <c r="F274" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="275" spans="1:6" customHeight="0">
       <c r="A275" s="0" t="inlineStr">
         <is>
           <t>Nagy Ferenc</t>
         </is>
       </c>
+      <c r="B275" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C275" s="0" t="inlineStr">
         <is>
           <t>2092 Budakeszi, Rákóczi u. 65/a.</t>
         </is>
       </c>
       <c r="D275" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-043/2010.</t>
         </is>
       </c>
       <c r="F275" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="276" spans="1:6" customHeight="0">
       <c r="A276" s="0" t="inlineStr">
         <is>
           <t>Nagy Gábor</t>
         </is>
       </c>
+      <c r="B276" s="0" t="inlineStr">
+        <is>
+          <t>Baranya</t>
+        </is>
+      </c>
       <c r="C276" s="0" t="inlineStr">
         <is>
           <t>7630 Pécs, Huba utca 26., mecsektester@gmail.com</t>
         </is>
       </c>
       <c r="D276" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-005/2009.</t>
         </is>
       </c>
       <c r="F276" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="277" spans="1:6" customHeight="0">
       <c r="A277" s="0" t="inlineStr">
         <is>
           <t>Nagy Gergő Gábor, Dr.</t>
         </is>
       </c>
+      <c r="B277" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C277" s="0" t="inlineStr">
         <is>
           <t>1032 Budapest, Szőlő utca 82. I.em/2., nagygoda@gmail.com, 0670/774-4640</t>
         </is>
       </c>
       <c r="D277" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-007/2015., Tájvédelem: SZ-007/2015.</t>
         </is>
       </c>
       <c r="F277" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="278" spans="1:6" customHeight="0">
       <c r="A278" s="0" t="inlineStr">
         <is>
           <t>Nagy István</t>
         </is>
       </c>
+      <c r="B278" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C278" s="0" t="inlineStr">
         <is>
           <t>1098 Budapest, Távíró utca 15.</t>
         </is>
       </c>
       <c r="D278" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-100/2010</t>
         </is>
       </c>
       <c r="F278" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="279" spans="1:6" customHeight="0">
       <c r="A279" s="0" t="inlineStr">
         <is>
           <t>Nagy Lajos, Dr.</t>
         </is>
       </c>
+      <c r="B279" s="0" t="inlineStr">
+        <is>
+          <t>Veszprém</t>
+        </is>
+      </c>
       <c r="C279" s="0" t="inlineStr">
         <is>
           <t>8237 Tihany, Völgy u. 31.</t>
         </is>
       </c>
       <c r="D279" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-095/2010.</t>
         </is>
       </c>
       <c r="F279" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="280" spans="1:6" customHeight="0">
       <c r="A280" s="0" t="inlineStr">
         <is>
           <t>Nagy Zsuzsanna, dr.</t>
         </is>
       </c>
+      <c r="B280" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C280" s="0" t="inlineStr">
         <is>
           <t>1134 Budapest, Tüzér utca 8.</t>
         </is>
       </c>
       <c r="D280" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-029/2009., Tájvédelem: SZ-029/2009.</t>
         </is>
       </c>
       <c r="F280" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="281" spans="1:6" customHeight="0">
       <c r="A281" s="0" t="inlineStr">
         <is>
           <t>Nagy-Mándics Ildikó</t>
         </is>
       </c>
+      <c r="B281" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C281" s="0" t="inlineStr">
         <is>
           <t>1032 Budapest, Szőlő u. 82. I/2., mandicsildi@gmail.com</t>
         </is>
       </c>
       <c r="D281" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-004/2023.</t>
         </is>
       </c>
       <c r="F281" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="282" spans="1:6" customHeight="0">
       <c r="A282" s="0" t="inlineStr">
         <is>
           <t>Nagyné Dombay Kriszta</t>
         </is>
       </c>
+      <c r="B282" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C282" s="0" t="inlineStr">
         <is>
           <t>2119 Pécel, Látóhegy köz 7/1.</t>
         </is>
       </c>
       <c r="D282" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-022/2012.</t>
         </is>
       </c>
       <c r="F282" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="283" spans="1:6" customHeight="0">
       <c r="A283" s="0" t="inlineStr">
         <is>
           <t>Nikiser Ágnes</t>
         </is>
       </c>
+      <c r="B283" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C283" s="0" t="inlineStr">
         <is>
           <t>1221 Budapest, Kiránduló u. 45.</t>
         </is>
       </c>
       <c r="D283" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-035/2011.</t>
         </is>
       </c>
       <c r="F283" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="284" spans="1:6" customHeight="0">
       <c r="A284" s="0" t="inlineStr">
         <is>
           <t>Novák Tibor József PhD.</t>
         </is>
       </c>
+      <c r="B284" s="0" t="inlineStr">
+        <is>
+          <t>Hajdú-Bihar</t>
+        </is>
+      </c>
       <c r="C284" s="0" t="inlineStr">
         <is>
           <t>4181 Nádudvar, Miklós utca 1/A., novak.tibor.jozsef@gmail.com</t>
         </is>
       </c>
       <c r="D284" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-088/2010., Földtani természeti értékek és barlangok védelme: SZ-003/2021., Tájvédelem: SZ-004/2021.</t>
         </is>
       </c>
       <c r="F284" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="285" spans="1:6" customHeight="0">
       <c r="A285" s="0" t="inlineStr">
         <is>
           <t>Nyári László, dr.</t>
         </is>
       </c>
+      <c r="B285" s="0" t="inlineStr">
+        <is>
+          <t>Veszprém</t>
+        </is>
+      </c>
       <c r="C285" s="0" t="inlineStr">
         <is>
           <t>8555 Bakonytamási, Petőfi utca 8.</t>
         </is>
       </c>
       <c r="D285" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-009/2009., Földtani természeti értékek és barlangok védelme: SZ-009/2009., Tájvédelem: SZ-009/2009.</t>
         </is>
       </c>
       <c r="F285" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="286" spans="1:6" customHeight="0">
       <c r="A286" s="0" t="inlineStr">
         <is>
           <t>Nyíri Sándor</t>
         </is>
       </c>
+      <c r="B286" s="0" t="inlineStr">
+        <is>
+          <t>Szabolcs-Szatmár-Bereg</t>
+        </is>
+      </c>
       <c r="C286" s="0" t="inlineStr">
         <is>
           <t>4432 Nyíregyháza, Kincs köz 17/A.</t>
         </is>
       </c>
       <c r="D286" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-025/2011.</t>
         </is>
       </c>
       <c r="F286" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="287" spans="1:6" customHeight="0">
       <c r="A287" s="0" t="inlineStr">
         <is>
           <t>Oertel Nándor, Dr.</t>
         </is>
       </c>
+      <c r="B287" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C287" s="0" t="inlineStr">
         <is>
           <t>2119 Pécel, Gyár u. 32/B.</t>
         </is>
       </c>
       <c r="D287" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-023/2013.</t>
         </is>
       </c>
       <c r="F287" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="288" spans="1:6" customHeight="0">
       <c r="A288" s="0" t="inlineStr">
         <is>
           <t>Oláhné Tóth Ibolya Magdolna</t>
         </is>
       </c>
+      <c r="B288" s="0" t="inlineStr">
+        <is>
+          <t>Hajdú-Bihar</t>
+        </is>
+      </c>
       <c r="C288" s="0" t="inlineStr">
         <is>
           <t>4030 Debrecen, Matyó utca 5.</t>
         </is>
       </c>
       <c r="D288" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-006/2017.</t>
         </is>
       </c>
       <c r="F288" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="289" spans="1:6" customHeight="0">
       <c r="A289" s="0" t="inlineStr">
         <is>
           <t>Olajos Péter</t>
         </is>
       </c>
+      <c r="B289" s="0" t="inlineStr">
+        <is>
+          <t>Hajdú-Bihar</t>
+        </is>
+      </c>
       <c r="C289" s="0" t="inlineStr">
         <is>
           <t>4029 Debrecen, Leány utca 6. fszt. 3.</t>
         </is>
       </c>
       <c r="D289" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-014/2018.</t>
         </is>
       </c>
       <c r="F289" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="290" spans="1:6" customHeight="0">
       <c r="A290" s="0" t="inlineStr">
         <is>
           <t>Ortmann János Józsefné Ajkai Adrienne</t>
         </is>
       </c>
+      <c r="B290" s="0" t="inlineStr">
+        <is>
+          <t>Baranya</t>
+        </is>
+      </c>
       <c r="C290" s="0" t="inlineStr">
         <is>
           <t>7635 Pécs, Erdész utca 3.</t>
         </is>
       </c>
       <c r="D290" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-009/2019.</t>
         </is>
       </c>
       <c r="F290" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="291" spans="1:6" customHeight="0">
       <c r="A291" s="0" t="inlineStr">
         <is>
-          <t>Óvári Miklós Csaba </t>
+          <t>Óvári Miklós Csaba</t>
+        </is>
+      </c>
+      <c r="B291" s="0" t="inlineStr">
+        <is>
+          <t>Zala</t>
         </is>
       </c>
       <c r="C291" s="0" t="inlineStr">
         <is>
           <t>8900 Zalaegerszeg, Závodszky István utca 1/D</t>
         </is>
       </c>
       <c r="D291" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-008/2015., Tájvédelem: SZ-008/2015.</t>
         </is>
       </c>
       <c r="F291" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="292" spans="1:6" customHeight="0">
       <c r="A292" s="0" t="inlineStr">
         <is>
           <t>Pádárné Dr. Török Éva</t>
         </is>
       </c>
+      <c r="B292" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C292" s="0" t="inlineStr">
         <is>
           <t>2000 Szentendre, Kálvária út 52.</t>
         </is>
       </c>
       <c r="D292" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-032/2011.</t>
         </is>
       </c>
       <c r="F292" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="293" spans="1:6" customHeight="0">
       <c r="A293" s="0" t="inlineStr">
         <is>
           <t>Pájer József, dr.</t>
         </is>
       </c>
+      <c r="B293" s="0" t="inlineStr">
+        <is>
+          <t>Győr-Moson-Sopron</t>
+        </is>
+      </c>
       <c r="C293" s="0" t="inlineStr">
         <is>
           <t>9400 Sopron, Fehér Dániel u. 24.</t>
         </is>
       </c>
       <c r="D293" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-052/2010., Tájvédelem: SZ-052/2010.</t>
         </is>
       </c>
       <c r="F293" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="294" spans="1:6" customHeight="0">
       <c r="A294" s="0" t="inlineStr">
         <is>
           <t>Pál Attila</t>
         </is>
       </c>
+      <c r="B294" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C294" s="0" t="inlineStr">
         <is>
           <t>2030 Érd, Avar u. 20.</t>
         </is>
       </c>
       <c r="D294" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-061/2014.</t>
         </is>
       </c>
       <c r="F294" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="295" spans="1:6" customHeight="0">
       <c r="A295" s="0" t="inlineStr">
         <is>
           <t>Pálinkás Tamás</t>
         </is>
       </c>
+      <c r="B295" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C295" s="0" t="inlineStr">
         <is>
           <t>1089 Budapest, Reguly Antal utca 13.</t>
         </is>
       </c>
       <c r="D295" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-003/2018.</t>
         </is>
       </c>
       <c r="F295" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="296" spans="1:6" customHeight="0">
       <c r="A296" s="0" t="inlineStr">
         <is>
           <t>Pallag Orsolya Katalin</t>
         </is>
       </c>
+      <c r="B296" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C296" s="0" t="inlineStr">
         <is>
           <t>2092 Budakeszi, Megyei út 63.</t>
         </is>
       </c>
       <c r="D296" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-020/2016.</t>
         </is>
       </c>
       <c r="F296" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="297" spans="1:6" customHeight="0">
       <c r="A297" s="0" t="inlineStr">
         <is>
           <t>Pandur László</t>
         </is>
       </c>
+      <c r="B297" s="0" t="inlineStr">
+        <is>
+          <t>Győr-Moson-Sopron</t>
+        </is>
+      </c>
       <c r="C297" s="0" t="inlineStr">
         <is>
           <t>9431 Fertőd, Jókai u. 7.</t>
         </is>
       </c>
       <c r="D297" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-004/2016., Tájvédelem: SZ-004/2016.</t>
         </is>
       </c>
       <c r="F297" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="298" spans="1:6" customHeight="0">
       <c r="A298" s="0" t="inlineStr">
         <is>
           <t>Papp Lajosné Tóth Andrea</t>
         </is>
       </c>
+      <c r="B298" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C298" s="0" t="inlineStr">
         <is>
           <t>1115 Budapest, Szentpétery u. 13. I/5.</t>
         </is>
       </c>
       <c r="D298" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-013/2016., Tájvédelem: SZ-013/2016.</t>
         </is>
       </c>
       <c r="F298" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="299" spans="1:6" customHeight="0">
       <c r="A299" s="0" t="inlineStr">
         <is>
           <t>Papp Viktor Gábor</t>
         </is>
       </c>
+      <c r="B299" s="0" t="inlineStr">
+        <is>
+          <t>Borsod-Abaúj-Zemplén</t>
+        </is>
+      </c>
       <c r="C299" s="0" t="inlineStr">
         <is>
           <t>3526 Miskolc, Arany János tér 1/B/5/6., PappVG@bnpi.hu, +36302394523</t>
         </is>
       </c>
       <c r="D299" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-049/2010., Földtani természeti értékek és barlangok védelme: SZ-049/2010., Tájvédelem: SZ-049/2010.</t>
         </is>
       </c>
       <c r="F299" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="300" spans="1:6" customHeight="0">
       <c r="A300" s="0" t="inlineStr">
         <is>
           <t>Papp-Simonné Bessenyei Ildikó</t>
         </is>
       </c>
+      <c r="B300" s="0" t="inlineStr">
+        <is>
+          <t>Szabolcs-Szatmár-Bereg</t>
+        </is>
+      </c>
       <c r="C300" s="0" t="inlineStr">
         <is>
           <t>4700 Mátészalka, Kossuth u. 4.</t>
         </is>
       </c>
       <c r="D300" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-002/2015.</t>
         </is>
       </c>
       <c r="F300" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="301" spans="1:6" customHeight="0">
       <c r="A301" s="0" t="inlineStr">
         <is>
           <t>Parragh Dénes András</t>
         </is>
       </c>
+      <c r="B301" s="0" t="inlineStr">
+        <is>
+          <t>Szabolcs-Szatmár-Bereg</t>
+        </is>
+      </c>
       <c r="C301" s="0" t="inlineStr">
         <is>
           <t>4432 Nyíregyháza, Csobolyó utca 11.</t>
         </is>
       </c>
       <c r="D301" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-066/2010., Tájvédelem: SZ-066/2010.</t>
         </is>
       </c>
       <c r="F301" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="302" spans="1:6" customHeight="0">
       <c r="A302" s="0" t="inlineStr">
         <is>
           <t>Pásztohy Bálint Domonkos</t>
         </is>
       </c>
+      <c r="B302" s="0" t="inlineStr">
+        <is>
+          <t>Baranya</t>
+        </is>
+      </c>
       <c r="C302" s="0" t="inlineStr">
         <is>
           <t>7633 Pécs, Aidinger János út 17. Fsz. 1.</t>
         </is>
       </c>
       <c r="D302" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-026/2013.</t>
         </is>
       </c>
       <c r="F302" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="303" spans="1:6" customHeight="0">
       <c r="A303" s="0" t="inlineStr">
         <is>
           <t>Patalenszki Adrienn</t>
         </is>
       </c>
+      <c r="B303" s="0" t="inlineStr">
+        <is>
+          <t>Hajdú-Bihar</t>
+        </is>
+      </c>
       <c r="C303" s="0" t="inlineStr">
         <is>
           <t>4034 Debrecen, Kérész utca 28., patalenszkiadrienn@hnp.hu</t>
         </is>
       </c>
       <c r="D303" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-010/2024.</t>
         </is>
       </c>
       <c r="F303" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="304" spans="1:6" customHeight="0">
       <c r="A304" s="0" t="inlineStr">
         <is>
           <t>Penksza Károly László, dr.</t>
         </is>
       </c>
+      <c r="B304" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C304" s="0" t="inlineStr">
         <is>
           <t>1064 Budapest, Podmaniczky u. 71. II. 3.</t>
         </is>
       </c>
       <c r="D304" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-056/2010.</t>
         </is>
       </c>
       <c r="F304" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="305" spans="1:6" customHeight="0">
       <c r="A305" s="0" t="inlineStr">
         <is>
           <t>Peregovits László</t>
         </is>
       </c>
+      <c r="B305" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C305" s="0" t="inlineStr">
         <is>
           <t>2094 Nagykovácsi, Rózsa u. 17.</t>
         </is>
       </c>
       <c r="D305" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-024/2013.</t>
         </is>
       </c>
       <c r="F305" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="306" spans="1:6" customHeight="0">
       <c r="A306" s="0" t="inlineStr">
         <is>
           <t>Pétervári Tamás</t>
         </is>
       </c>
+      <c r="B306" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C306" s="0" t="inlineStr">
         <is>
           <t>2093 Budajenő, Szőlő utca 53.</t>
         </is>
       </c>
       <c r="D306" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: Sz-040/2008.</t>
         </is>
       </c>
       <c r="F306" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="307" spans="1:6" customHeight="0">
       <c r="A307" s="0" t="inlineStr">
         <is>
           <t>Petrilla Attila Csaba </t>
         </is>
       </c>
       <c r="C307" s="0" t="inlineStr">
         <is>
           <t>4976 Garbolc, Gátőrház 1.</t>
         </is>
       </c>
       <c r="F307" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="308" spans="1:6" customHeight="0">
       <c r="A308" s="0" t="inlineStr">
         <is>
           <t>Petró Iván</t>
         </is>
       </c>
+      <c r="B308" s="0" t="inlineStr">
+        <is>
+          <t>Borsod-Abaúj-Zemplén</t>
+        </is>
+      </c>
       <c r="C308" s="0" t="inlineStr">
         <is>
           <t>3534 Miskolc, Könyves K. utca 29. 13/3.</t>
         </is>
       </c>
       <c r="D308" s="0" t="inlineStr">
         <is>
           <t>Földtani természeti értékek és barlangok védelme: SZ-033/2010.</t>
         </is>
       </c>
       <c r="F308" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="309" spans="1:6" customHeight="0">
       <c r="A309" s="0" t="inlineStr">
         <is>
           <t>Petróczi Imre</t>
         </is>
       </c>
+      <c r="B309" s="0" t="inlineStr">
+        <is>
+          <t>Veszprém</t>
+        </is>
+      </c>
       <c r="C309" s="0" t="inlineStr">
         <is>
           <t>8200 Veszprém, Papvásár u. 51., petroczi.imre@gmail.com</t>
         </is>
       </c>
       <c r="D309" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-017/2012., Tájvédelem: SZ-017/2012.</t>
         </is>
       </c>
       <c r="F309" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="310" spans="1:6" customHeight="0">
       <c r="A310" s="0" t="inlineStr">
         <is>
           <t>Piller Péter</t>
         </is>
       </c>
+      <c r="B310" s="0" t="inlineStr">
+        <is>
+          <t>Veszprém</t>
+        </is>
+      </c>
       <c r="C310" s="0" t="inlineStr">
         <is>
           <t>8227 Felsőörs, Úttörő utca 1/b.</t>
         </is>
       </c>
       <c r="D310" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-040/2009.</t>
         </is>
       </c>
       <c r="F310" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="311" spans="1:6" customHeight="0">
       <c r="A311" s="0" t="inlineStr">
         <is>
           <t>Pintér Balázs</t>
         </is>
       </c>
+      <c r="B311" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C311" s="0" t="inlineStr">
         <is>
           <t>1023 Budapest, Vérhalom u. 10.</t>
         </is>
       </c>
       <c r="D311" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-020/2013.</t>
         </is>
       </c>
       <c r="F311" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="312" spans="1:6" customHeight="0">
       <c r="A312" s="0" t="inlineStr">
         <is>
           <t>Piskolczi Miklós</t>
         </is>
       </c>
+      <c r="B312" s="0" t="inlineStr">
+        <is>
+          <t>Hajdú-Bihar</t>
+        </is>
+      </c>
       <c r="C312" s="0" t="inlineStr">
         <is>
           <t>4028 Debrecen, Szigligeti u. 5. I/2.</t>
         </is>
       </c>
       <c r="D312" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-057/2011.</t>
         </is>
       </c>
       <c r="F312" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="313" spans="1:6" customHeight="0">
       <c r="A313" s="0" t="inlineStr">
         <is>
           <t>Pócsik Judit</t>
         </is>
       </c>
+      <c r="B313" s="0" t="inlineStr">
+        <is>
+          <t>Hajdú-Bihar</t>
+        </is>
+      </c>
       <c r="C313" s="0" t="inlineStr">
         <is>
           <t>4031 Debrecen, Derék utca 98. 2. emelet 6. ajtó, pocsikjudit.kertterv@gmail.com; planterv.planterv@gmail.com; pocsikj@bioaquapro.hu</t>
         </is>
       </c>
       <c r="D313" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-002/2021.</t>
         </is>
       </c>
       <c r="F313" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="314" spans="1:6" customHeight="0">
       <c r="A314" s="0" t="inlineStr">
         <is>
           <t>Pogány Aurél Miklós</t>
         </is>
       </c>
+      <c r="B314" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C314" s="0" t="inlineStr">
         <is>
           <t>1012 Budapest, Várfok u. 8., pogany@bfvt.hu</t>
         </is>
       </c>
       <c r="D314" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-081/2011.</t>
         </is>
       </c>
       <c r="F314" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="315" spans="1:6" customHeight="0">
       <c r="A315" s="0" t="inlineStr">
         <is>
           <t>Porosz Mihály</t>
         </is>
       </c>
+      <c r="B315" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C315" s="0" t="inlineStr">
         <is>
           <t>1112 Budapest, Hegytető u. 3.</t>
         </is>
       </c>
       <c r="D315" s="0" t="inlineStr">
         <is>
           <t>Földtani természeti értékek és barlangok védelme: SZ-023/2011.</t>
         </is>
       </c>
       <c r="F315" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="316" spans="1:6" customHeight="0">
       <c r="A316" s="0" t="inlineStr">
         <is>
           <t>Preiszner Károly Bálint, Dr.</t>
         </is>
       </c>
+      <c r="B316" s="0" t="inlineStr">
+        <is>
+          <t>Veszprém</t>
+        </is>
+      </c>
       <c r="C316" s="0" t="inlineStr">
         <is>
           <t>8230 Balatonfüred, Csók utca 23.</t>
         </is>
       </c>
       <c r="D316" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-007/2021.</t>
         </is>
       </c>
       <c r="F316" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="317" spans="1:6" customHeight="0">
       <c r="A317" s="0" t="inlineStr">
         <is>
           <t>Purger Dragica</t>
         </is>
       </c>
+      <c r="B317" s="0" t="inlineStr">
+        <is>
+          <t>Baranya</t>
+        </is>
+      </c>
       <c r="C317" s="0" t="inlineStr">
         <is>
           <t>7624 Pécs, Barackvirág u. 27.</t>
         </is>
       </c>
       <c r="D317" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-013/2012.</t>
         </is>
       </c>
       <c r="F317" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="318" spans="1:6" customHeight="0">
       <c r="A318" s="0" t="inlineStr">
         <is>
           <t>Purger Jenő, Dr.</t>
         </is>
       </c>
+      <c r="B318" s="0" t="inlineStr">
+        <is>
+          <t>Baranya</t>
+        </is>
+      </c>
       <c r="C318" s="0" t="inlineStr">
         <is>
           <t>7632 Pécs, Fazekas Mihály 24/II/7.</t>
         </is>
       </c>
       <c r="D318" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-022/2009.</t>
         </is>
       </c>
       <c r="F318" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="319" spans="1:6" customHeight="0">
       <c r="A319" s="0" t="inlineStr">
         <is>
           <t>Puskás Erika</t>
         </is>
       </c>
+      <c r="B319" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C319" s="0" t="inlineStr">
         <is>
           <t>1115 Budapest, Bánk bán u. 9., 2. em. 12.</t>
         </is>
       </c>
       <c r="D319" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-077/2010.</t>
         </is>
       </c>
       <c r="F319" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="320" spans="1:6" customHeight="0">
       <c r="A320" s="0" t="inlineStr">
         <is>
           <t>Puskás Lajos, Dr.</t>
         </is>
       </c>
+      <c r="B320" s="0" t="inlineStr">
+        <is>
+          <t>Békés</t>
+        </is>
+      </c>
       <c r="C320" s="0" t="inlineStr">
         <is>
           <t>5700 Gyula, Aranyág u. 10.</t>
         </is>
       </c>
       <c r="D320" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-017/2011., Tájvédelem: SZ-017/2011.</t>
         </is>
       </c>
       <c r="F320" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="321" spans="1:6" customHeight="0">
       <c r="A321" s="0" t="inlineStr">
         <is>
           <t>Puskás Zsigmond István</t>
         </is>
       </c>
+      <c r="B321" s="0" t="inlineStr">
+        <is>
+          <t>Bács-Kiskun</t>
+        </is>
+      </c>
       <c r="C321" s="0" t="inlineStr">
         <is>
-          <t>6081 Szabadszállás, Kodály Zoltán út 62.</t>
+          <t>6080 Szabadszállás, Kodály Zoltán út 62.</t>
         </is>
       </c>
       <c r="D321" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-041/2013., Tájvédelem: Sz-041/2013.</t>
         </is>
       </c>
       <c r="F321" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="322" spans="1:6" customHeight="0">
       <c r="A322" s="0" t="inlineStr">
         <is>
           <t>Rácz István András Dr.</t>
         </is>
       </c>
+      <c r="B322" s="0" t="inlineStr">
+        <is>
+          <t>Hajdú-Bihar</t>
+        </is>
+      </c>
       <c r="C322" s="0" t="inlineStr">
         <is>
           <t>4211 Ebes, Alkotmány u. 52.</t>
         </is>
       </c>
       <c r="D322" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-065/2014.</t>
         </is>
       </c>
       <c r="F322" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="323" spans="1:6" customHeight="0">
       <c r="A323" s="0" t="inlineStr">
         <is>
           <t>Regele Péter</t>
         </is>
       </c>
+      <c r="B323" s="0" t="inlineStr">
+        <is>
+          <t>Békés</t>
+        </is>
+      </c>
       <c r="C323" s="0" t="inlineStr">
         <is>
           <t>5600 Békéscsaba Munkácsy utca 2.</t>
         </is>
       </c>
       <c r="D323" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-040/2010.</t>
         </is>
       </c>
       <c r="F323" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="324" spans="1:6" customHeight="0">
       <c r="A324" s="0" t="inlineStr">
         <is>
           <t>Reischl Gábor</t>
         </is>
       </c>
+      <c r="B324" s="0" t="inlineStr">
+        <is>
+          <t>Győr-Moson-Sopron</t>
+        </is>
+      </c>
       <c r="C324" s="0" t="inlineStr">
         <is>
           <t>9400 Sopron, Mikovinyi utca 40.</t>
         </is>
       </c>
       <c r="D324" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-005/2019.</t>
         </is>
       </c>
       <c r="F324" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="325" spans="1:6" customHeight="0">
       <c r="A325" s="0" t="inlineStr">
         <is>
           <t>Rétsánné Wessely Dorottya</t>
         </is>
       </c>
+      <c r="B325" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C325" s="0" t="inlineStr">
         <is>
           <t>1183 Budapest, Besztercebánya utca 22., wesselydorottya@gmail.com</t>
         </is>
       </c>
       <c r="D325" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-002/2025.</t>
         </is>
       </c>
       <c r="F325" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="326" spans="1:6" customHeight="0">
       <c r="A326" s="0" t="inlineStr">
         <is>
           <t>Rév Szilvia Márta</t>
         </is>
       </c>
+      <c r="B326" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C326" s="0" t="inlineStr">
         <is>
           <t>1115 Budapest, Halmi utca 5., 3. emelet 16. ajtó, rev.szilvia@gmail.com</t>
         </is>
       </c>
       <c r="D326" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-005/2022.</t>
         </is>
       </c>
       <c r="F326" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="327" spans="1:6" customHeight="0">
       <c r="A327" s="0" t="inlineStr">
         <is>
           <t>Révészné Japport Tünde Ildikó</t>
         </is>
       </c>
+      <c r="B327" s="0" t="inlineStr">
+        <is>
+          <t>Békés</t>
+        </is>
+      </c>
       <c r="C327" s="0" t="inlineStr">
         <is>
           <t>5700 Gyula, Kerecsényi u. 13.</t>
         </is>
       </c>
       <c r="D327" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-056/2011.</t>
         </is>
       </c>
       <c r="F327" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="328" spans="1:6" customHeight="0">
       <c r="A328" s="0" t="inlineStr">
         <is>
           <t>Reznik Ildikó</t>
         </is>
       </c>
+      <c r="B328" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C328" s="0" t="inlineStr">
         <is>
           <t>1222 Budapest, Kereszt u.12.</t>
         </is>
       </c>
       <c r="D328" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-040/2013., Tájvédelem: SZ-040/2013.</t>
         </is>
       </c>
       <c r="F328" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="329" spans="1:6" customHeight="0">
       <c r="A329" s="0" t="inlineStr">
         <is>
           <t>Riba Róbert</t>
         </is>
       </c>
+      <c r="B329" s="0" t="inlineStr">
+        <is>
+          <t>Tolna</t>
+        </is>
+      </c>
       <c r="C329" s="0" t="inlineStr">
         <is>
           <t>7192 Szakály, Kossuth út 94.</t>
         </is>
       </c>
       <c r="D329" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-009/2016., Tájvédelem: SZ-009/2016.</t>
         </is>
       </c>
       <c r="F329" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="330" spans="1:6" customHeight="0">
       <c r="A330" s="0" t="inlineStr">
         <is>
           <t>Riezing Norbert</t>
         </is>
       </c>
+      <c r="B330" s="0" t="inlineStr">
+        <is>
+          <t>Komárom-Esztergom</t>
+        </is>
+      </c>
       <c r="C330" s="0" t="inlineStr">
         <is>
           <t>2851 Környe, Alkotmány utca 43/7.</t>
         </is>
       </c>
       <c r="D330" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-097/2010.</t>
         </is>
       </c>
       <c r="F330" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="331" spans="1:6" customHeight="0">
       <c r="A331" s="0" t="inlineStr">
         <is>
           <t>Sáfián Szabolcs</t>
         </is>
       </c>
+      <c r="B331" s="0" t="inlineStr">
+        <is>
+          <t>Győr-Moson-Sopron</t>
+        </is>
+      </c>
       <c r="C331" s="0" t="inlineStr">
         <is>
           <t>9400 Sopron, Ady Endre u. 5., lepkeved@yahoo.co.uk, safian@bcghana.org, +36203461883</t>
         </is>
       </c>
       <c r="D331" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-014/2012.</t>
         </is>
       </c>
       <c r="F331" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="332" spans="1:6" customHeight="0">
       <c r="A332" s="0" t="inlineStr">
         <is>
           <t>Salamonné dr. Albert Éva</t>
         </is>
       </c>
+      <c r="B332" s="0" t="inlineStr">
+        <is>
+          <t>Baranya</t>
+        </is>
+      </c>
       <c r="C332" s="0" t="inlineStr">
         <is>
           <t>7635 Pécs, Csoronika dűlő 38.</t>
         </is>
       </c>
       <c r="D332" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-021/2012.</t>
         </is>
       </c>
       <c r="F332" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="333" spans="1:6" customHeight="0">
       <c r="A333" s="0" t="inlineStr">
         <is>
           <t>Saláta-Falusi Eszter, Dr.</t>
         </is>
       </c>
+      <c r="B333" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C333" s="0" t="inlineStr">
         <is>
           <t>2100 Gödöllő, Légszesz u. VII/3.</t>
         </is>
       </c>
       <c r="D333" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-013/2013.</t>
         </is>
       </c>
       <c r="F333" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="334" spans="1:6" customHeight="0">
       <c r="A334" s="0" t="inlineStr">
         <is>
           <t>Sallai Zoltán Károly</t>
         </is>
       </c>
+      <c r="B334" s="0" t="inlineStr">
+        <is>
+          <t>Békés</t>
+        </is>
+      </c>
       <c r="C334" s="0" t="inlineStr">
         <is>
           <t>5540 Szarvas, I. KK. 10/24.</t>
         </is>
       </c>
       <c r="D334" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-046/2011., Földtani természeti értékek és barlangok védelme: Sz-046/2011.</t>
         </is>
       </c>
       <c r="F334" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="335" spans="1:6" customHeight="0">
       <c r="A335" s="0" t="inlineStr">
         <is>
           <t>Sallay Ágnes, Dr.</t>
         </is>
       </c>
+      <c r="B335" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C335" s="0" t="inlineStr">
         <is>
           <t>1116 Budapest, Zsurló utca 21.</t>
         </is>
       </c>
       <c r="D335" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-011/2018.</t>
         </is>
       </c>
       <c r="F335" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="336" spans="1:6" customHeight="0">
       <c r="A336" s="0" t="inlineStr">
         <is>
           <t>Sándor István Attila</t>
         </is>
       </c>
+      <c r="B336" s="0" t="inlineStr">
+        <is>
+          <t>Hajdú-Bihar</t>
+        </is>
+      </c>
       <c r="C336" s="0" t="inlineStr">
         <is>
           <t>4032 Debrecen, Nagyerdei krt. 78/A.</t>
         </is>
       </c>
       <c r="D336" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-007/2011., Tájvédelem: SZ-007/2011.</t>
         </is>
       </c>
       <c r="F336" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="337" spans="1:6" customHeight="0">
       <c r="A337" s="0" t="inlineStr">
         <is>
           <t>Sarlós Dávid András</t>
         </is>
       </c>
+      <c r="B337" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C337" s="0" t="inlineStr">
         <is>
           <t>1047 Budapest, Fóti út 53., I. em. 3. ajtó, sarlosd@gmail.com</t>
         </is>
       </c>
       <c r="D337" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-006/2023.</t>
         </is>
       </c>
       <c r="F337" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="338" spans="1:6" customHeight="0">
       <c r="A338" s="0" t="inlineStr">
         <is>
           <t>Sárospataki Miklós, Dr.</t>
         </is>
       </c>
+      <c r="B338" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C338" s="0" t="inlineStr">
         <is>
-          <t>1041 Budapest, Görgey A. u. 75/a.</t>
+          <t>1041 Budapest, Görgey Artúr utca 75/a.</t>
         </is>
       </c>
       <c r="D338" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-016/2013.</t>
         </is>
       </c>
       <c r="F338" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="339" spans="1:6" customHeight="0">
       <c r="A339" s="0" t="inlineStr">
         <is>
           <t>Schád Péter</t>
         </is>
       </c>
+      <c r="B339" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C339" s="0" t="inlineStr">
         <is>
           <t>1172 Budapest, Laskó utca 3.</t>
         </is>
       </c>
       <c r="D339" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-048/2009., Tájvédelem: SZ-048/2009.</t>
         </is>
       </c>
       <c r="F339" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="340" spans="1:6" customHeight="0">
       <c r="A340" s="0" t="inlineStr">
         <is>
           <t>Scheer Márta</t>
         </is>
       </c>
+      <c r="B340" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C340" s="0" t="inlineStr">
         <is>
           <t>2086 Tinnye, Ady Endre u. 715. hrsz.</t>
         </is>
       </c>
       <c r="D340" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-089/2010.</t>
         </is>
       </c>
       <c r="F340" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="341" spans="1:6" customHeight="0">
       <c r="A341" s="0" t="inlineStr">
         <is>
           <t>Schmotzer András</t>
         </is>
       </c>
+      <c r="B341" s="0" t="inlineStr">
+        <is>
+          <t>Heves</t>
+        </is>
+      </c>
       <c r="C341" s="0" t="inlineStr">
         <is>
           <t>3325 Noszvaj, Szomolyai u. 28.</t>
         </is>
       </c>
       <c r="D341" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-075/2011.</t>
         </is>
       </c>
       <c r="F341" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="342" spans="1:6" customHeight="0">
       <c r="A342" s="0" t="inlineStr">
         <is>
           <t>Schöll Károly Norbert, dr.</t>
         </is>
       </c>
+      <c r="B342" s="0" t="inlineStr">
+        <is>
+          <t>Fejér</t>
+        </is>
+      </c>
       <c r="C342" s="0" t="inlineStr">
         <is>
           <t>2060 Bicske, Rozgonyi utca 19.</t>
         </is>
       </c>
       <c r="D342" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-008/2017.</t>
         </is>
       </c>
       <c r="F342" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="343" spans="1:6" customHeight="0">
       <c r="A343" s="0" t="inlineStr">
         <is>
           <t>Schuszter Andrea</t>
         </is>
       </c>
+      <c r="B343" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C343" s="0" t="inlineStr">
         <is>
           <t>1119 Budapest, Etele út 68. 4/39.</t>
         </is>
       </c>
       <c r="D343" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-046/2009.</t>
         </is>
       </c>
       <c r="F343" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="344" spans="1:6" customHeight="0">
       <c r="A344" s="0" t="inlineStr">
         <is>
           <t>Schwarcz Tibor</t>
         </is>
       </c>
+      <c r="B344" s="0" t="inlineStr">
+        <is>
+          <t>Baranya</t>
+        </is>
+      </c>
       <c r="C344" s="0" t="inlineStr">
         <is>
           <t>4026 Debrecen, Kar u. 1-5. / 7627 Pécs, Vadász u. 58/2. I/5.</t>
         </is>
       </c>
       <c r="D344" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-015/2016.</t>
         </is>
       </c>
       <c r="F344" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="345" spans="1:6" customHeight="0">
       <c r="A345" s="0" t="inlineStr">
         <is>
           <t>Seregélyesné Csomós Ágnes, Dr.</t>
         </is>
       </c>
+      <c r="B345" s="0" t="inlineStr">
+        <is>
+          <t>Fejér</t>
+        </is>
+      </c>
       <c r="C345" s="0" t="inlineStr">
         <is>
           <t>2481 Velence, Tünde u. 1.</t>
         </is>
       </c>
       <c r="D345" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-028/2011.</t>
         </is>
       </c>
       <c r="F345" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="346" spans="1:6" customHeight="0">
       <c r="A346" s="0" t="inlineStr">
         <is>
           <t>Sikabonyi Miklós</t>
         </is>
       </c>
+      <c r="B346" s="0" t="inlineStr">
+        <is>
+          <t>Fejér</t>
+        </is>
+      </c>
       <c r="C346" s="0" t="inlineStr">
         <is>
           <t>8086 Felcsút, Szári utca 8.</t>
         </is>
       </c>
       <c r="D346" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-045/2009., Tájvédelem: Sz-045/2009.</t>
         </is>
       </c>
       <c r="F346" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="347" spans="1:6" customHeight="0">
       <c r="A347" s="0" t="inlineStr">
         <is>
           <t>Silló Szabolcs</t>
         </is>
       </c>
+      <c r="B347" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C347" s="0" t="inlineStr">
         <is>
           <t>2030 Érd, Kárpáti u. 24.</t>
         </is>
       </c>
       <c r="D347" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-036/2009., Földtani természeti értékek és barlangok védelme: SZ-067/2010., Tájvédelem: SZ-036/2009.</t>
         </is>
       </c>
       <c r="F347" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="348" spans="1:6" customHeight="0">
       <c r="A348" s="0" t="inlineStr">
         <is>
           <t>Simándi Péter Miklós, Dr.</t>
         </is>
       </c>
+      <c r="B348" s="0" t="inlineStr">
+        <is>
+          <t>Békés</t>
+        </is>
+      </c>
       <c r="C348" s="0" t="inlineStr">
         <is>
           <t>5540 Szarvas, Bolza Pál sétány 1. 2/7.</t>
         </is>
       </c>
       <c r="D348" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-009/2018.</t>
         </is>
       </c>
       <c r="F348" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="349" spans="1:6" customHeight="0">
       <c r="A349" s="0" t="inlineStr">
         <is>
           <t>Sinka Gábor</t>
         </is>
       </c>
+      <c r="B349" s="0" t="inlineStr">
+        <is>
+          <t>Veszprém</t>
+        </is>
+      </c>
       <c r="C349" s="0" t="inlineStr">
         <is>
           <t>8200 Veszprém, Fűzfa utca 62., sinkagbr@gmail.com</t>
         </is>
       </c>
       <c r="D349" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-009/2024.</t>
         </is>
       </c>
       <c r="F349" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="350" spans="1:6" customHeight="0">
       <c r="A350" s="0" t="inlineStr">
         <is>
           <t>Sipos Katalin</t>
         </is>
       </c>
+      <c r="B350" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C350" s="0" t="inlineStr">
         <is>
           <t>2217 Gomba, Iskola u. 65.</t>
         </is>
       </c>
       <c r="D350" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-073/2010., Tájvédelem: SZ-073/2010.</t>
         </is>
       </c>
       <c r="F350" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="351" spans="1:6" customHeight="0">
       <c r="A351" s="0" t="inlineStr">
         <is>
           <t>Soltész Jánosné Bibók Anna</t>
         </is>
       </c>
+      <c r="B351" s="0" t="inlineStr">
+        <is>
+          <t>Borsod-Abaúj-Zemplén</t>
+        </is>
+      </c>
       <c r="C351" s="0" t="inlineStr">
         <is>
           <t>3529 Miskolc, Derkovits Gyula utca 52. fszt. 1</t>
         </is>
       </c>
       <c r="D351" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-010/2017.</t>
         </is>
       </c>
       <c r="F351" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="352" spans="1:6" customHeight="0">
       <c r="A352" s="0" t="inlineStr">
         <is>
           <t>Sólyomvári György</t>
         </is>
       </c>
+      <c r="B352" s="0" t="inlineStr">
+        <is>
+          <t>Zala</t>
+        </is>
+      </c>
       <c r="C352" s="0" t="inlineStr">
         <is>
           <t>8800 Nagykanizsa, Ifjúság útja 29.</t>
         </is>
       </c>
       <c r="D352" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-005/2010.</t>
         </is>
       </c>
       <c r="F352" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="353" spans="1:6" customHeight="0">
       <c r="A353" s="0" t="inlineStr">
         <is>
           <t>Sonnevend Imre, Dr.</t>
         </is>
       </c>
+      <c r="B353" s="0" t="inlineStr">
+        <is>
+          <t>Veszprém</t>
+        </is>
+      </c>
       <c r="C353" s="0" t="inlineStr">
         <is>
           <t>8200 Veszprém, Lóczy L. u. 5/G.</t>
         </is>
       </c>
       <c r="D353" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-096/2010., Tájvédelem: Sz-096/2010.</t>
         </is>
       </c>
       <c r="F353" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="354" spans="1:6" customHeight="0">
       <c r="A354" s="0" t="inlineStr">
         <is>
           <t>Soós Gábor</t>
         </is>
       </c>
+      <c r="B354" s="0" t="inlineStr">
+        <is>
+          <t>Szabolcs-Szatmár-Bereg</t>
+        </is>
+      </c>
       <c r="C354" s="0" t="inlineStr">
         <is>
           <t>4531 Nyírpazony, Vasvári Pál utca 113., soosgabor08@gmail.com, +36305025696</t>
         </is>
       </c>
       <c r="D354" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-008/2022.</t>
         </is>
       </c>
       <c r="F354" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="355" spans="1:6" customHeight="0">
       <c r="A355" s="0" t="inlineStr">
         <is>
           <t>Sóskúti György</t>
         </is>
       </c>
+      <c r="B355" s="0" t="inlineStr">
+        <is>
+          <t>Heves</t>
+        </is>
+      </c>
       <c r="C355" s="0" t="inlineStr">
         <is>
           <t>3300 Eger, Csalogány utca 14.</t>
         </is>
       </c>
       <c r="D355" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-055/2010., Tájvédelem: SZ-055/2010.</t>
         </is>
       </c>
       <c r="F355" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="356" spans="1:6" customHeight="0">
       <c r="A356" s="0" t="inlineStr">
         <is>
           <t>Sramkó Gábor, Dr.</t>
         </is>
       </c>
+      <c r="B356" s="0" t="inlineStr">
+        <is>
+          <t>Hajdú-Bihar</t>
+        </is>
+      </c>
       <c r="C356" s="0" t="inlineStr">
         <is>
           <t>4271 Mikepércs, Bocskai utca 3/b.</t>
         </is>
       </c>
       <c r="D356" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-070/2011.</t>
         </is>
       </c>
       <c r="F356" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="357" spans="1:6" customHeight="0">
       <c r="A357" s="0" t="inlineStr">
         <is>
           <t>Staszny Ádám, Dr.</t>
         </is>
       </c>
+      <c r="B357" s="0" t="inlineStr">
+        <is>
+          <t>Fejér</t>
+        </is>
+      </c>
       <c r="C357" s="0" t="inlineStr">
         <is>
           <t>2481 Velence, Jázmin utca 15.</t>
         </is>
       </c>
       <c r="D357" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-005/2020.</t>
         </is>
       </c>
       <c r="F357" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="358" spans="1:6" customHeight="0">
       <c r="A358" s="0" t="inlineStr">
         <is>
           <t>Stenger-Kovács Csilla, Dr.</t>
         </is>
       </c>
+      <c r="B358" s="0" t="inlineStr">
+        <is>
+          <t>Veszprém</t>
+        </is>
+      </c>
       <c r="C358" s="0" t="inlineStr">
         <is>
           <t>8200 Veszprém, Stadion u. 16/b. I/3.</t>
         </is>
       </c>
       <c r="D358" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-032/2013.</t>
         </is>
       </c>
       <c r="F358" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="359" spans="1:6" customHeight="0">
       <c r="A359" s="0" t="inlineStr">
         <is>
           <t>Surányi Gergely Bálint Dr.</t>
         </is>
       </c>
+      <c r="B359" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C359" s="0" t="inlineStr">
         <is>
           <t>1029 Budapest, Géza fejedelem utca 38.</t>
         </is>
       </c>
       <c r="D359" s="0" t="inlineStr">
         <is>
           <t>Földtani természeti értékek és barlangok védelme: SZ-002/2018.</t>
         </is>
       </c>
       <c r="F359" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="360" spans="1:6" customHeight="0">
       <c r="A360" s="0" t="inlineStr">
         <is>
           <t>Szabó Csaba Zsigmond</t>
         </is>
       </c>
+      <c r="B360" s="0" t="inlineStr">
+        <is>
+          <t>Győr-Moson-Sopron</t>
+        </is>
+      </c>
       <c r="C360" s="0" t="inlineStr">
         <is>
           <t>9178 Hédervár, Vásártér utca 15., hunszacsa@gmail.com</t>
         </is>
       </c>
       <c r="D360" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-002/2024.</t>
         </is>
       </c>
       <c r="F360" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="361" spans="1:6" customHeight="0">
       <c r="A361" s="0" t="inlineStr">
         <is>
           <t>Szabó Gábor</t>
         </is>
       </c>
+      <c r="B361" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C361" s="0" t="inlineStr">
         <is>
           <t>2021 Tahitótfalu, Kós Károly u. 9., szabo@ter-team.hu</t>
         </is>
       </c>
       <c r="D361" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-038/2010.</t>
         </is>
       </c>
       <c r="F361" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="362" spans="1:6" customHeight="0">
       <c r="A362" s="0" t="inlineStr">
         <is>
           <t>Szabó Miklós</t>
         </is>
       </c>
+      <c r="B362" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C362" s="0" t="inlineStr">
         <is>
           <t>1033 Budapest, Bogdáni út 17.</t>
         </is>
       </c>
       <c r="D362" s="0" t="inlineStr">
         <is>
           <t>Földtani természeti értékek és barlangok védelme: Sz-068/2011.</t>
         </is>
       </c>
       <c r="F362" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="363" spans="1:6" customHeight="0">
       <c r="A363" s="0" t="inlineStr">
         <is>
           <t>Szabó Sándor, Dr.</t>
         </is>
       </c>
+      <c r="B363" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C363" s="0" t="inlineStr">
         <is>
           <t>2041 Budaörs, Ifjúság u. 40.</t>
         </is>
       </c>
       <c r="D363" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-027/2013., Tájvédelem: Sz-027/2013.</t>
         </is>
       </c>
       <c r="F363" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="364" spans="1:6" customHeight="0">
       <c r="A364" s="0" t="inlineStr">
         <is>
           <t>Szakály Krisztina</t>
         </is>
       </c>
+      <c r="B364" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C364" s="0" t="inlineStr">
         <is>
           <t>2013 Pomáz, Eötvös u. 10.</t>
         </is>
       </c>
       <c r="D364" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-012/2012., Földtani természeti értékek és barlangok védelme: SZ-051/2013.</t>
         </is>
       </c>
       <c r="F364" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="365" spans="1:6" customHeight="0">
       <c r="A365" s="0" t="inlineStr">
         <is>
           <t>Szalma Elemér László, Dr.</t>
         </is>
       </c>
+      <c r="B365" s="0" t="inlineStr">
+        <is>
+          <t>Csongrád-Csanád</t>
+        </is>
+      </c>
       <c r="C365" s="0" t="inlineStr">
         <is>
           <t>6772 Deszk, Kertész köz 5.</t>
         </is>
       </c>
       <c r="D365" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-014/2009.</t>
         </is>
       </c>
       <c r="F365" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="366" spans="1:6" customHeight="0">
       <c r="A366" s="0" t="inlineStr">
         <is>
           <t>Szalóky Zoltán</t>
         </is>
       </c>
+      <c r="B366" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C366" s="0" t="inlineStr">
         <is>
           <t>1014 Budapest, Tóth Árpád sétány 29.</t>
         </is>
       </c>
       <c r="D366" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-054/2012.</t>
         </is>
       </c>
       <c r="F366" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="367" spans="1:6" customHeight="0">
       <c r="A367" s="0" t="inlineStr">
         <is>
           <t>Szathmáryné Tóth Patrícia</t>
         </is>
       </c>
+      <c r="B367" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C367" s="0" t="inlineStr">
         <is>
           <t>2030 Érd, Burkoló u. 2.</t>
         </is>
       </c>
       <c r="D367" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: Sz-015/2009.</t>
         </is>
       </c>
       <c r="F367" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="368" spans="1:6" customHeight="0">
       <c r="A368" s="0" t="inlineStr">
         <is>
           <t>Szatmári Lajos Zoltán</t>
         </is>
       </c>
+      <c r="B368" s="0" t="inlineStr">
+        <is>
+          <t>Hajdú-Bihar</t>
+        </is>
+      </c>
       <c r="C368" s="0" t="inlineStr">
         <is>
           <t>4028 Debrecen, Kemény Zsigmond utca 3.</t>
         </is>
       </c>
       <c r="D368" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-013/2018.</t>
         </is>
       </c>
       <c r="F368" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="369" spans="1:6" customHeight="0">
       <c r="A369" s="0" t="inlineStr">
         <is>
           <t>Szegvári Zoltán Péter</t>
         </is>
       </c>
+      <c r="B369" s="0" t="inlineStr">
+        <is>
+          <t>Somogy</t>
+        </is>
+      </c>
       <c r="C369" s="0" t="inlineStr">
         <is>
           <t>7439 Bodrog, Petőfi Sándor utca 43., szegvarizoli@gmail.com</t>
         </is>
       </c>
       <c r="D369" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-012/2024.</t>
         </is>
       </c>
       <c r="F369" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="370" spans="1:6" customHeight="0">
       <c r="A370" s="0" t="inlineStr">
         <is>
           <t>Székely Márton</t>
         </is>
       </c>
+      <c r="B370" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C370" s="0" t="inlineStr">
         <is>
           <t>1125 Budapest, Monda utca 3/B. 1. emelet 5., marcibp1@gmail.com</t>
         </is>
       </c>
       <c r="D370" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-005/2024.</t>
         </is>
       </c>
       <c r="F370" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="371" spans="1:6" customHeight="0">
       <c r="A371" s="0" t="inlineStr">
         <is>
           <t>Szekeres Anita</t>
         </is>
       </c>
+      <c r="B371" s="0" t="inlineStr">
+        <is>
+          <t>Veszprém</t>
+        </is>
+      </c>
       <c r="C371" s="0" t="inlineStr">
         <is>
           <t>8100 Várpalota, Tábormező u. 20.</t>
         </is>
       </c>
       <c r="D371" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-018/2012., Tájvédelem: SZ-018/2012.</t>
         </is>
       </c>
       <c r="F371" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="372" spans="1:6" customHeight="0">
       <c r="A372" s="0" t="inlineStr">
         <is>
           <t>Szekeres József</t>
         </is>
       </c>
+      <c r="B372" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C372" s="0" t="inlineStr">
         <is>
-          <t>2130 Göd, Kiss Ernő utca 11.</t>
+          <t>2131 Göd, Kiss Ernő utca 11.</t>
         </is>
       </c>
       <c r="D372" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-047/2012.</t>
         </is>
       </c>
       <c r="F372" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="373" spans="1:6" customHeight="0">
       <c r="A373" s="0" t="inlineStr">
         <is>
           <t>Szép Andrea</t>
         </is>
       </c>
+      <c r="B373" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C373" s="0" t="inlineStr">
         <is>
           <t>2182 Domony - Domonyvölgy, Patak utca 24., iroda@qhse.hu     szepandrea@hotmail.com, +36706178326</t>
         </is>
       </c>
       <c r="D373" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-006/2019.</t>
         </is>
       </c>
       <c r="F373" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="374" spans="1:6" customHeight="0">
       <c r="A374" s="0" t="inlineStr">
         <is>
           <t>Szigetvári Csaba</t>
         </is>
       </c>
+      <c r="B374" s="0" t="inlineStr">
+        <is>
+          <t>Szabolcs-Szatmár-Bereg</t>
+        </is>
+      </c>
       <c r="C374" s="0" t="inlineStr">
         <is>
           <t>4400 Nyíregyháza, Istvánbokor 14.</t>
         </is>
       </c>
       <c r="D374" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-028/2012.</t>
         </is>
       </c>
       <c r="F374" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="375" spans="1:6" customHeight="0">
       <c r="A375" s="0" t="inlineStr">
         <is>
           <t>Szilágyi Gábor Levente</t>
         </is>
       </c>
+      <c r="B375" s="0" t="inlineStr">
+        <is>
+          <t>Hajdú-Bihar</t>
+        </is>
+      </c>
       <c r="C375" s="0" t="inlineStr">
         <is>
           <t>4031 Debrecen, Derék utca 41. 2/5.</t>
         </is>
       </c>
       <c r="D375" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-013/2017.</t>
         </is>
       </c>
       <c r="F375" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="376" spans="1:6" customHeight="0">
       <c r="A376" s="0" t="inlineStr">
         <is>
           <t>Szilágyi Hajnalka</t>
         </is>
       </c>
+      <c r="B376" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C376" s="0" t="inlineStr">
         <is>
           <t>1164 Budapest, Somkút u. 17.</t>
         </is>
       </c>
       <c r="D376" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-039/2013.</t>
         </is>
       </c>
       <c r="F376" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="377" spans="1:6" customHeight="0">
       <c r="A377" s="0" t="inlineStr">
         <is>
           <t>Szilágyiné Gárdonyi Réka</t>
         </is>
       </c>
+      <c r="B377" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C377" s="0" t="inlineStr">
         <is>
           <t>1112 Budapest, Ördögorom út 7. 11/B.</t>
         </is>
       </c>
       <c r="D377" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-034/2013., Tájvédelem: Sz-034/2013.</t>
         </is>
       </c>
       <c r="F377" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="378" spans="1:6" customHeight="0">
       <c r="A378" s="0" t="inlineStr">
         <is>
           <t>Szilvácsku Zsolt, dr.</t>
         </is>
       </c>
+      <c r="B378" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C378" s="0" t="inlineStr">
         <is>
           <t>1046 Budapest, Eötvös József u. 17.</t>
         </is>
       </c>
       <c r="D378" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-004/2009., Tájvédelem: SZ-004/2009.</t>
         </is>
       </c>
       <c r="F378" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="379" spans="1:6" customHeight="0">
       <c r="A379" s="0" t="inlineStr">
         <is>
           <t>Szinai Péter</t>
         </is>
       </c>
+      <c r="B379" s="0" t="inlineStr">
+        <is>
+          <t>Veszprém</t>
+        </is>
+      </c>
       <c r="C379" s="0" t="inlineStr">
         <is>
           <t>8229 Csopak, Veszprémi u. 14.</t>
         </is>
       </c>
       <c r="D379" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-010/2019.</t>
         </is>
       </c>
       <c r="F379" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="380" spans="1:6" customHeight="0">
       <c r="A380" s="0" t="inlineStr">
         <is>
           <t>Szloszjár György</t>
         </is>
       </c>
+      <c r="B380" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C380" s="0" t="inlineStr">
         <is>
           <t>1012 Budapest, Pálya utca 13.</t>
         </is>
       </c>
       <c r="D380" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-072/2010., Tájvédelem: SZ-072/2010.</t>
         </is>
       </c>
       <c r="F380" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="381" spans="1:6" customHeight="0">
       <c r="A381" s="0" t="inlineStr">
         <is>
           <t>Szőke Balázs</t>
         </is>
       </c>
+      <c r="B381" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C381" s="0" t="inlineStr">
         <is>
           <t>2081 Piliscsaba, Kossuth Lajos utca 5/B., pulisz128@gmail.com</t>
         </is>
       </c>
       <c r="D381" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-010/2021.</t>
         </is>
       </c>
       <c r="F381" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="382" spans="1:6" customHeight="0">
       <c r="A382" s="0" t="inlineStr">
         <is>
-          <t>Szőke Gábor </t>
+          <t>Szőke Gábor</t>
+        </is>
+      </c>
+      <c r="B382" s="0" t="inlineStr">
+        <is>
+          <t>Baranya</t>
         </is>
       </c>
       <c r="C382" s="0" t="inlineStr">
         <is>
           <t>7700 Mohács, Ete János u. 3/b</t>
         </is>
       </c>
       <c r="D382" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-045/2013.</t>
         </is>
       </c>
       <c r="F382" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="383" spans="1:6" customHeight="0">
       <c r="A383" s="0" t="inlineStr">
         <is>
           <t>Szőke Norbert</t>
         </is>
       </c>
+      <c r="B383" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C383" s="0" t="inlineStr">
         <is>
           <t>1094 Budapest, Viola u. 43. I. em. 2.</t>
         </is>
       </c>
       <c r="D383" s="0" t="inlineStr">
         <is>
           <t>Földtani természeti értékek és barlangok védelme: SZ-078/2010., Tájvédelem: SZ-078/2010.</t>
         </is>
       </c>
       <c r="F383" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="384" spans="1:6" customHeight="0">
       <c r="A384" s="0" t="inlineStr">
         <is>
           <t>Szolnyik Csaba</t>
         </is>
       </c>
+      <c r="B384" s="0" t="inlineStr">
+        <is>
+          <t>Komárom-Esztergom</t>
+        </is>
+      </c>
       <c r="C384" s="0" t="inlineStr">
         <is>
           <t>2500 Esztergom, Rozália utca 16.</t>
         </is>
       </c>
       <c r="D384" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-002/2017.</t>
         </is>
       </c>
       <c r="F384" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="385" spans="1:6" customHeight="0">
       <c r="A385" s="0" t="inlineStr">
         <is>
           <t>Szövényi Zsolt Gergely, Dr.</t>
         </is>
       </c>
+      <c r="B385" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C385" s="0" t="inlineStr">
         <is>
           <t>2040 Budaörs, Zichy Péter u. III/1.</t>
         </is>
       </c>
       <c r="D385" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-015/2013.</t>
         </is>
       </c>
       <c r="F385" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="386" spans="1:6" customHeight="0">
       <c r="A386" s="0" t="inlineStr">
         <is>
           <t>Szűcs Gábor</t>
         </is>
       </c>
+      <c r="B386" s="0" t="inlineStr">
+        <is>
+          <t>Borsod-Abaúj-Zemplén</t>
+        </is>
+      </c>
       <c r="C386" s="0" t="inlineStr">
         <is>
           <t>3556 Kisgyőr, Jókai u. 13., szucsgabor@pagonyiroda.hu</t>
         </is>
       </c>
       <c r="D386" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-031/2011.</t>
         </is>
       </c>
       <c r="F386" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="387" spans="1:6" customHeight="0">
       <c r="A387" s="0" t="inlineStr">
         <is>
           <t>Szvoboda László István</t>
         </is>
       </c>
+      <c r="B387" s="0" t="inlineStr">
+        <is>
+          <t>Borsod-Abaúj-Zemplén</t>
+        </is>
+      </c>
       <c r="C387" s="0" t="inlineStr">
         <is>
           <t>3518 Miskolc, Csajkovszkij u. 49.</t>
         </is>
       </c>
       <c r="D387" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-010/2016.</t>
         </is>
       </c>
       <c r="F387" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="388" spans="1:6" customHeight="0">
       <c r="A388" s="0" t="inlineStr">
         <is>
           <t>Tábori Attila</t>
         </is>
       </c>
+      <c r="B388" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C388" s="0" t="inlineStr">
         <is>
           <t>1151 Budapest, Vácegres utca 15. 3. emelet 13., tabori.attila@t-online.hu</t>
         </is>
       </c>
       <c r="D388" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-008/2021.</t>
         </is>
       </c>
       <c r="F388" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="389" spans="1:6" customHeight="0">
       <c r="A389" s="0" t="inlineStr">
         <is>
           <t>Tácsik Mihály, Dr.</t>
         </is>
       </c>
+      <c r="B389" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C389" s="0" t="inlineStr">
         <is>
           <t>2101 Gödöllő, Tábornok u. 23.</t>
         </is>
       </c>
       <c r="D389" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: Sz-035/2013.</t>
         </is>
       </c>
       <c r="F389" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="390" spans="1:6" customHeight="0">
       <c r="A390" s="0" t="inlineStr">
         <is>
           <t>Takács András Attila, Dr.</t>
         </is>
       </c>
+      <c r="B390" s="0" t="inlineStr">
+        <is>
+          <t>Fejér</t>
+        </is>
+      </c>
       <c r="C390" s="0" t="inlineStr">
         <is>
           <t>8000 Székesfehérvár, Budai utca u. 141.</t>
         </is>
       </c>
       <c r="D390" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-064/2010., Tájvédelem: SZ-064/2010.</t>
         </is>
       </c>
       <c r="F390" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="391" spans="1:6" customHeight="0">
       <c r="A391" s="0" t="inlineStr">
         <is>
           <t>Takács Gábor</t>
         </is>
       </c>
+      <c r="B391" s="0" t="inlineStr">
+        <is>
+          <t>Győr-Moson-Sopron</t>
+        </is>
+      </c>
       <c r="C391" s="0" t="inlineStr">
         <is>
           <t>9401 Sopron, Vörösbegy utca 6.</t>
         </is>
       </c>
       <c r="D391" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-009/2012.</t>
         </is>
       </c>
       <c r="F391" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="392" spans="1:6" customHeight="0">
       <c r="A392" s="0" t="inlineStr">
         <is>
           <t>Tallósi Béla, dr.</t>
         </is>
       </c>
+      <c r="B392" s="0" t="inlineStr">
+        <is>
+          <t>Jász-Nagykun-Szolnok</t>
+        </is>
+      </c>
       <c r="C392" s="0" t="inlineStr">
         <is>
           <t>5000 Szolnok, Csokonai u. 23. III/8.</t>
         </is>
       </c>
       <c r="D392" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-016/2011., Tájvédelem: SZ-016/2011.</t>
         </is>
       </c>
       <c r="F392" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="393" spans="1:6" customHeight="0">
       <c r="A393" s="0" t="inlineStr">
         <is>
           <t>Tar Levente</t>
         </is>
       </c>
+      <c r="B393" s="0" t="inlineStr">
+        <is>
+          <t>Békés</t>
+        </is>
+      </c>
       <c r="C393" s="0" t="inlineStr">
         <is>
           <t>5600 Békéscsaba, Zsíros u. 10.</t>
         </is>
       </c>
       <c r="D393" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-059/2014.</t>
         </is>
       </c>
       <c r="F393" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="394" spans="1:6" customHeight="0">
       <c r="A394" s="0" t="inlineStr">
         <is>
           <t>Tardy János, Dr.</t>
         </is>
       </c>
+      <c r="B394" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C394" s="0" t="inlineStr">
         <is>
           <t>1121 Budapest, Zugligeti út 40.</t>
         </is>
       </c>
       <c r="D394" s="0" t="inlineStr">
         <is>
           <t>Földtani természeti értékek és barlangok védelme: Sz-060/2011.</t>
         </is>
       </c>
       <c r="F394" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="395" spans="1:6" customHeight="0">
       <c r="A395" s="0" t="inlineStr">
         <is>
           <t>Tárnok Barbara</t>
         </is>
       </c>
+      <c r="B395" s="0" t="inlineStr">
+        <is>
+          <t>Békés</t>
+        </is>
+      </c>
       <c r="C395" s="0" t="inlineStr">
         <is>
           <t>5700 Gyula, Epreskert u. 12.</t>
         </is>
       </c>
       <c r="D395" s="0" t="inlineStr">
         <is>
           <t>Földtani természeti értékek és barlangok védelme: SZ-013/2010., Tájvédelem: SZ-013/2010.</t>
         </is>
       </c>
       <c r="F395" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="396" spans="1:6" customHeight="0">
       <c r="A396" s="0" t="inlineStr">
         <is>
           <t>Tatai Zsombor Gábor</t>
         </is>
       </c>
+      <c r="B396" s="0" t="inlineStr">
+        <is>
+          <t>Komárom-Esztergom</t>
+        </is>
+      </c>
       <c r="C396" s="0" t="inlineStr">
         <is>
           <t>2028 Pilismarót, Dobozi Mihály utca 41., zsombor.tatai@gmail.com</t>
         </is>
       </c>
       <c r="D396" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-015/2021.</t>
         </is>
       </c>
       <c r="F396" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="397" spans="1:6" customHeight="0">
       <c r="A397" s="0" t="inlineStr">
         <is>
           <t>Tatár Sándor</t>
         </is>
       </c>
+      <c r="B397" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C397" s="0" t="inlineStr">
         <is>
           <t>2112 Veresegyház, Rózsavölgyi u. 35.</t>
         </is>
       </c>
       <c r="D397" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-004/2010., Tájvédelem: Sz-004/2010.</t>
         </is>
       </c>
       <c r="F397" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="398" spans="1:6" customHeight="0">
       <c r="A398" s="0" t="inlineStr">
         <is>
           <t>Toldi Miklós</t>
         </is>
       </c>
+      <c r="B398" s="0" t="inlineStr">
+        <is>
+          <t>Somogy</t>
+        </is>
+      </c>
       <c r="C398" s="0" t="inlineStr">
         <is>
           <t>8851 Gyékényes, József Attila utca 1.</t>
         </is>
       </c>
       <c r="D398" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-043/2012.</t>
         </is>
       </c>
       <c r="F398" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="399" spans="1:6" customHeight="0">
       <c r="A399" s="0" t="inlineStr">
         <is>
           <t>Tölly Tivadarné</t>
         </is>
       </c>
+      <c r="B399" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C399" s="0" t="inlineStr">
         <is>
           <t>1115 Budapest, Halmi utca 8/A II.em. 1.</t>
         </is>
       </c>
       <c r="D399" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-045/2012., Tájvédelem: SZ-045/2012.</t>
         </is>
       </c>
       <c r="F399" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="400" spans="1:6" customHeight="0">
       <c r="A400" s="0" t="inlineStr">
         <is>
           <t>Tompa Tibor</t>
         </is>
       </c>
+      <c r="B400" s="0" t="inlineStr">
+        <is>
+          <t>Vas</t>
+        </is>
+      </c>
       <c r="C400" s="0" t="inlineStr">
         <is>
           <t>9700 Szombathely, Rumi u. 71.</t>
         </is>
       </c>
       <c r="D400" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-045/2008., Tájvédelem: SZ-045/2008.</t>
         </is>
       </c>
       <c r="F400" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="401" spans="1:6" customHeight="0">
       <c r="A401" s="0" t="inlineStr">
         <is>
           <t>Tóth Balázs, Dr.</t>
         </is>
       </c>
+      <c r="B401" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C401" s="0" t="inlineStr">
         <is>
           <t>2131 Göd, Hét vezér utca 23a, zingelzingel@gmail.com</t>
         </is>
       </c>
       <c r="D401" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-001/2023.</t>
         </is>
       </c>
       <c r="F401" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="402" spans="1:6" customHeight="0">
       <c r="A402" s="0" t="inlineStr">
         <is>
           <t>Tóth Gyula</t>
         </is>
       </c>
+      <c r="B402" s="0" t="inlineStr">
+        <is>
+          <t>Hajdú-Bihar</t>
+        </is>
+      </c>
       <c r="C402" s="0" t="inlineStr">
         <is>
           <t>4181 Nádudvar, Csokonai u. 22.</t>
         </is>
       </c>
       <c r="D402" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: Sz-005/2013.</t>
         </is>
       </c>
       <c r="F402" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="403" spans="1:6" customHeight="0">
       <c r="A403" s="0" t="inlineStr">
         <is>
           <t>Tóth István</t>
         </is>
       </c>
+      <c r="B403" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C403" s="0" t="inlineStr">
         <is>
           <t>1072 Budapest, Rákóczi út 26. III. em. 14. ajtó.</t>
         </is>
       </c>
       <c r="D403" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-009/2020.</t>
         </is>
       </c>
       <c r="F403" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="404" spans="1:6" customHeight="0">
       <c r="A404" s="0" t="inlineStr">
         <is>
           <t>Tóth László</t>
         </is>
       </c>
+      <c r="B404" s="0" t="inlineStr">
+        <is>
+          <t>Heves</t>
+        </is>
+      </c>
       <c r="C404" s="0" t="inlineStr">
         <is>
           <t>3300 Eger, Liszt Ferenc utca 29/4., toth.laszlo0911@gmail.com</t>
         </is>
       </c>
       <c r="D404" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-006/2022.</t>
         </is>
       </c>
       <c r="F404" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="405" spans="1:6" customHeight="0">
       <c r="A405" s="0" t="inlineStr">
         <is>
           <t>Tóth Péter</t>
         </is>
       </c>
+      <c r="B405" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C405" s="0" t="inlineStr">
         <is>
           <t>2100 Gödöllő Bethlen G. utca 37.</t>
         </is>
       </c>
       <c r="D405" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-058/2012., Tájvédelem: SZ-058/2012.</t>
         </is>
       </c>
       <c r="F405" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="406" spans="1:6" customHeight="0">
       <c r="A406" s="0" t="inlineStr">
         <is>
-          <t>Tóth Renáta Ágnes </t>
+          <t>Tóth Renáta Ágnes</t>
+        </is>
+      </c>
+      <c r="B406" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
         </is>
       </c>
       <c r="C406" s="0" t="inlineStr">
         <is>
           <t>1078 Budapest, István u. 7. fszt. 14.</t>
         </is>
       </c>
       <c r="D406" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-025/2013., Tájvédelem: Sz-025/2013.</t>
         </is>
       </c>
       <c r="F406" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="407" spans="1:6" customHeight="0">
       <c r="A407" s="0" t="inlineStr">
         <is>
           <t>Tóth Tamás</t>
         </is>
       </c>
+      <c r="B407" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C407" s="0" t="inlineStr">
         <is>
           <t>1118 Budapest, Törökugrató utca 14.</t>
         </is>
       </c>
       <c r="D407" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-012/2015.</t>
         </is>
       </c>
       <c r="F407" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="408" spans="1:6" customHeight="0">
       <c r="A408" s="0" t="inlineStr">
         <is>
           <t>Tóth Tamás József</t>
         </is>
       </c>
+      <c r="B408" s="0" t="inlineStr">
+        <is>
+          <t>Békés</t>
+        </is>
+      </c>
       <c r="C408" s="0" t="inlineStr">
         <is>
           <t>5540 Szarvas, Csuka utca 28., salvia@index.hu</t>
         </is>
       </c>
       <c r="D408" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-002/2022., Tájvédelem: SZ-004/2022.</t>
         </is>
       </c>
       <c r="F408" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="409" spans="1:6" customHeight="0">
       <c r="A409" s="0" t="inlineStr">
         <is>
           <t>Tóthné Pocsok Katalin</t>
         </is>
       </c>
+      <c r="B409" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C409" s="0" t="inlineStr">
         <is>
           <t>2040 Budaörs, Patkó u. 1. IV. em. 31.</t>
         </is>
       </c>
       <c r="D409" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-058/2011.</t>
         </is>
       </c>
       <c r="F409" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="410" spans="1:6" customHeight="0">
       <c r="A410" s="0" t="inlineStr">
         <is>
           <t>Tyahun Szabolcs, Dr.</t>
         </is>
       </c>
+      <c r="B410" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C410" s="0" t="inlineStr">
         <is>
           <t>1161 Budapest, Petőfi Sándor utca 78.</t>
         </is>
       </c>
       <c r="D410" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-038/2012.</t>
         </is>
       </c>
       <c r="F410" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="411" spans="1:6" customHeight="0">
       <c r="A411" s="0" t="inlineStr">
         <is>
           <t>Uherkovich Ákos, dr.</t>
         </is>
       </c>
+      <c r="B411" s="0" t="inlineStr">
+        <is>
+          <t>Baranya</t>
+        </is>
+      </c>
       <c r="C411" s="0" t="inlineStr">
         <is>
           <t>7633 Pécs, Építők útja 3/b. I.6.</t>
         </is>
       </c>
       <c r="D411" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-019/2010.</t>
         </is>
       </c>
       <c r="F411" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="412" spans="1:6" customHeight="0">
       <c r="A412" s="0" t="inlineStr">
         <is>
           <t>Unyi-Buzetzky Blanka</t>
         </is>
       </c>
+      <c r="B412" s="0" t="inlineStr">
+        <is>
+          <t>Csongrád-Csanád</t>
+        </is>
+      </c>
       <c r="C412" s="0" t="inlineStr">
         <is>
           <t>6500 Baja, Czirfusz Ferenc u. 26/b., buzetzky.blanka@gmail.com</t>
         </is>
       </c>
       <c r="D412" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-011/2015.</t>
         </is>
       </c>
       <c r="F412" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="413" spans="1:6" customHeight="0">
       <c r="A413" s="0" t="inlineStr">
         <is>
           <t>Váczi Miklós</t>
         </is>
       </c>
+      <c r="B413" s="0" t="inlineStr">
+        <is>
+          <t>Győr-Moson-Sopron</t>
+        </is>
+      </c>
       <c r="C413" s="0" t="inlineStr">
         <is>
           <t>9423 Ágfalva, Soproni u. 20., vaczister@gmail.com</t>
         </is>
       </c>
       <c r="D413" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-009/2025.</t>
         </is>
       </c>
       <c r="F413" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="414" spans="1:6" customHeight="0">
       <c r="A414" s="0" t="inlineStr">
         <is>
           <t>Valánszki István Dr.</t>
         </is>
       </c>
+      <c r="B414" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C414" s="0" t="inlineStr">
         <is>
           <t>1094 Budapest, Balázs Béla utca 16. 2/6., valanszki.istvan@uni-mate.hu</t>
         </is>
       </c>
       <c r="D414" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-007/2018.</t>
         </is>
       </c>
       <c r="F414" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="415" spans="1:6" customHeight="0">
       <c r="A415" s="0" t="inlineStr">
         <is>
           <t>Varga Adrienn Beáta</t>
         </is>
       </c>
+      <c r="B415" s="0" t="inlineStr">
+        <is>
+          <t>Hajdú-Bihar</t>
+        </is>
+      </c>
       <c r="C415" s="0" t="inlineStr">
         <is>
           <t>4002 Debrecen, Boros utca 26., vargaadrienn@nnk.hu</t>
         </is>
       </c>
       <c r="D415" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-012/2023.</t>
         </is>
       </c>
       <c r="F415" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="416" spans="1:6" customHeight="0">
       <c r="A416" s="0" t="inlineStr">
         <is>
           <t>Varga Csaba</t>
         </is>
       </c>
+      <c r="B416" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C416" s="0" t="inlineStr">
         <is>
           <t>2621 Verőce, Béke köz 9.</t>
         </is>
       </c>
       <c r="D416" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-003/2015., Tájvédelem: SZ-003/2015.</t>
         </is>
       </c>
       <c r="F416" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="417" spans="1:6" customHeight="0">
       <c r="A417" s="0" t="inlineStr">
         <is>
           <t>Varga Ildikó</t>
         </is>
       </c>
+      <c r="B417" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C417" s="0" t="inlineStr">
         <is>
           <t>2000 Szentendre, Széchenyi István tér 34. fsz. 5., ildiko.varga22@gmail.com</t>
         </is>
       </c>
       <c r="D417" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-006/2025.</t>
         </is>
       </c>
       <c r="F417" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="418" spans="1:6" customHeight="0">
       <c r="A418" s="0" t="inlineStr">
         <is>
           <t>Varga József Sándor</t>
         </is>
       </c>
+      <c r="B418" s="0" t="inlineStr">
+        <is>
+          <t>Hajdú-Bihar</t>
+        </is>
+      </c>
       <c r="C418" s="0" t="inlineStr">
         <is>
           <t>4031 Debrecen, Bezerédj utca 50.</t>
         </is>
       </c>
       <c r="D418" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-009/2015.</t>
         </is>
       </c>
       <c r="F418" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="419" spans="1:6" customHeight="0">
       <c r="A419" s="0" t="inlineStr">
         <is>
-          <t>Vaszócsik Vilja </t>
+          <t>Vaszócsik Vilja</t>
+        </is>
+      </c>
+      <c r="B419" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
         </is>
       </c>
       <c r="C419" s="0" t="inlineStr">
         <is>
           <t>1158 Budapest, Adria u. 51/a</t>
         </is>
       </c>
       <c r="D419" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: Sz-056/2014.</t>
         </is>
       </c>
       <c r="F419" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="420" spans="1:6" customHeight="0">
       <c r="A420" s="0" t="inlineStr">
         <is>
           <t>Végh Mihály</t>
         </is>
       </c>
+      <c r="B420" s="0" t="inlineStr">
+        <is>
+          <t>Komárom-Esztergom</t>
+        </is>
+      </c>
       <c r="C420" s="0" t="inlineStr">
         <is>
           <t>2521 Csolnok, Vörösmarty utca 14.</t>
         </is>
       </c>
       <c r="D420" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-042/2008.</t>
         </is>
       </c>
       <c r="F420" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="421" spans="1:6" customHeight="0">
       <c r="A421" s="0" t="inlineStr">
         <is>
           <t>Veprik Róbert Áron</t>
         </is>
       </c>
+      <c r="B421" s="0" t="inlineStr">
+        <is>
+          <t>Csongrád-Csanád</t>
+        </is>
+      </c>
       <c r="C421" s="0" t="inlineStr">
         <is>
           <t>6792 Zsombó, Szegedi út 69.</t>
         </is>
       </c>
       <c r="D421" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-015/2019.</t>
         </is>
       </c>
       <c r="F421" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="422" spans="1:6" customHeight="0">
       <c r="A422" s="0" t="inlineStr">
         <is>
           <t>Veres József</t>
         </is>
       </c>
+      <c r="B422" s="0" t="inlineStr">
+        <is>
+          <t>Szabolcs-Szatmár-Bereg</t>
+        </is>
+      </c>
       <c r="C422" s="0" t="inlineStr">
         <is>
           <t>4400 Nyíregyháza, Sarkantyú út 7. II/8.</t>
         </is>
       </c>
       <c r="D422" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-041/2009., Tájvédelem: SZ-041/2009.</t>
         </is>
       </c>
       <c r="F422" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="423" spans="1:6" customHeight="0">
       <c r="A423" s="0" t="inlineStr">
         <is>
           <t>Verseczki Nikoletta</t>
         </is>
       </c>
+      <c r="B423" s="0" t="inlineStr">
+        <is>
+          <t>Csongrád-Csanád</t>
+        </is>
+      </c>
       <c r="C423" s="0" t="inlineStr">
         <is>
           <t>6750 Algyő, Komp u. 18.</t>
         </is>
       </c>
       <c r="D423" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-004/2020.</t>
         </is>
       </c>
       <c r="F423" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="424" spans="1:6" customHeight="0">
       <c r="A424" s="0" t="inlineStr">
         <is>
           <t>Veszelinov Ottó</t>
         </is>
       </c>
+      <c r="B424" s="0" t="inlineStr">
+        <is>
+          <t>Hajdú-Bihar</t>
+        </is>
+      </c>
       <c r="C424" s="0" t="inlineStr">
         <is>
           <t>4271 Mikepércs, Petőfi utca 59/2., zoldemberkft@gmail.com</t>
         </is>
       </c>
       <c r="D424" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-027/2011., Tájvédelem: SZ-013/2023.</t>
         </is>
       </c>
       <c r="F424" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="425" spans="1:6" customHeight="0">
       <c r="A425" s="0" t="inlineStr">
         <is>
           <t>Vidács Lívia Melinda</t>
         </is>
       </c>
+      <c r="B425" s="0" t="inlineStr">
+        <is>
+          <t>Csongrád-Csanád</t>
+        </is>
+      </c>
       <c r="C425" s="0" t="inlineStr">
         <is>
           <t>6750 Algyő, Fazekas u 56.</t>
         </is>
       </c>
       <c r="D425" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-016/2019.</t>
         </is>
       </c>
       <c r="F425" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="426" spans="1:6" customHeight="0">
       <c r="A426" s="0" t="inlineStr">
         <is>
-          <t>Vidéki Bianka Judit </t>
+          <t>Vidéki Bianka Judit</t>
+        </is>
+      </c>
+      <c r="B426" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
         </is>
       </c>
       <c r="C426" s="0" t="inlineStr">
         <is>
           <t>1115 Budapest, Fraknó u. 24/A. VI/20.</t>
         </is>
       </c>
       <c r="D426" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-067/2014.</t>
         </is>
       </c>
       <c r="F426" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="427" spans="1:6" customHeight="0">
       <c r="A427" s="0" t="inlineStr">
         <is>
           <t>Vidéki Róbert</t>
         </is>
       </c>
+      <c r="B427" s="0" t="inlineStr">
+        <is>
+          <t>Vas</t>
+        </is>
+      </c>
       <c r="C427" s="0" t="inlineStr">
         <is>
           <t>9794 Felsőcsatár, Petőfi utca 13.</t>
         </is>
       </c>
       <c r="D427" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-030/2009.</t>
         </is>
       </c>
       <c r="F427" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="428" spans="1:6" customHeight="0">
       <c r="A428" s="0" t="inlineStr">
         <is>
           <t>Vincze Attila</t>
         </is>
       </c>
+      <c r="B428" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C428" s="0" t="inlineStr">
         <is>
           <t>1116 Budapest, Karcag u. 57.</t>
         </is>
       </c>
       <c r="D428" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: Sz-015/2011.</t>
         </is>
       </c>
       <c r="F428" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="429" spans="1:6" customHeight="0">
       <c r="A429" s="0" t="inlineStr">
         <is>
           <t>Vincze Vilmos Ádám</t>
         </is>
       </c>
+      <c r="B429" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C429" s="0" t="inlineStr">
         <is>
           <t>1021 Budapest, Budakeszi út 23.</t>
         </is>
       </c>
       <c r="D429" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-011/2016.</t>
         </is>
       </c>
       <c r="F429" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="430" spans="1:6" customHeight="0">
       <c r="A430" s="0" t="inlineStr">
         <is>
           <t>Vojtek Tímea</t>
         </is>
       </c>
+      <c r="B430" s="0" t="inlineStr">
+        <is>
+          <t>Fejér</t>
+        </is>
+      </c>
       <c r="C430" s="0" t="inlineStr">
         <is>
           <t>8000 Székesfehérvár, Eszéki u. 1.</t>
         </is>
       </c>
       <c r="D430" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-105/2010.</t>
         </is>
       </c>
       <c r="F430" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="431" spans="1:6" customHeight="0">
       <c r="A431" s="0" t="inlineStr">
         <is>
           <t>Vona Márton, dr.</t>
         </is>
       </c>
+      <c r="B431" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C431" s="0" t="inlineStr">
         <is>
           <t>1122 Budapest, Városmajor utca 10.</t>
         </is>
       </c>
       <c r="D431" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-027/2009., Tájvédelem: Sz-027/2009.</t>
         </is>
       </c>
       <c r="F431" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="432" spans="1:6" customHeight="0">
       <c r="A432" s="0" t="inlineStr">
         <is>
           <t>Weiperth András, Dr.</t>
         </is>
       </c>
+      <c r="B432" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C432" s="0" t="inlineStr">
         <is>
           <t>1026 Budapest, Endrődi Sándor utca 85/A, 1. emelet 2. ajtó, weiperth@gmail.com</t>
         </is>
       </c>
       <c r="D432" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-015/2023.</t>
         </is>
       </c>
       <c r="F432" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="433" spans="1:6" customHeight="0">
       <c r="A433" s="0" t="inlineStr">
         <is>
           <t>Wiesner Györgyi</t>
         </is>
       </c>
+      <c r="B433" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C433" s="0" t="inlineStr">
         <is>
           <t>1152 Budapest, Oroszlán u. 96/A.</t>
         </is>
       </c>
       <c r="D433" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-094/2010., Tájvédelem: SZ-031/2010.</t>
         </is>
       </c>
       <c r="F433" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="434" spans="1:6" customHeight="0">
       <c r="A434" s="0" t="inlineStr">
         <is>
           <t>Winkler Dániel András,  Dr.</t>
         </is>
       </c>
+      <c r="B434" s="0" t="inlineStr">
+        <is>
+          <t>Győr-Moson-Sopron</t>
+        </is>
+      </c>
       <c r="C434" s="0" t="inlineStr">
         <is>
           <t>9400 Sopron, Zrínyi u. 22.</t>
         </is>
       </c>
       <c r="D434" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-042/2012.</t>
         </is>
       </c>
       <c r="F434" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="435" spans="1:6" customHeight="0">
       <c r="A435" s="0" t="inlineStr">
         <is>
           <t>Zalai Tamás</t>
         </is>
       </c>
+      <c r="B435" s="0" t="inlineStr">
+        <is>
+          <t>Hajdú-Bihar</t>
+        </is>
+      </c>
       <c r="C435" s="0" t="inlineStr">
         <is>
-          <t>3360 Heves, Hősök u. 1/a.</t>
+          <t>4060 Balmazújváros, Debreceni utca 139., pittaelegans@gmail.com, +36302395544</t>
         </is>
       </c>
       <c r="D435" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-006/2010., Tájvédelem: SZ-006/2010.</t>
         </is>
       </c>
       <c r="F435" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="436" spans="1:6" customHeight="0">
       <c r="A436" s="0" t="inlineStr">
         <is>
           <t>Zlinszky-Donát Eszter</t>
         </is>
       </c>
+      <c r="B436" s="0" t="inlineStr">
+        <is>
+          <t>Pest</t>
+        </is>
+      </c>
       <c r="C436" s="0" t="inlineStr">
         <is>
           <t>2051 Biatorbágy, Karikó János utca 15.</t>
         </is>
       </c>
       <c r="D436" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-083/2010., Tájvédelem: SZ-083/2010.</t>
         </is>
       </c>
       <c r="F436" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="437" spans="1:6" customHeight="0">
       <c r="A437" s="0" t="inlineStr">
         <is>
           <t>Zobay Ferenc</t>
         </is>
       </c>
+      <c r="B437" s="0" t="inlineStr">
+        <is>
+          <t>Borsod-Abaúj-Zemplén</t>
+        </is>
+      </c>
       <c r="C437" s="0" t="inlineStr">
         <is>
           <t>3534 Miskolc, Kempelen Farkas u. 2. III/1</t>
         </is>
       </c>
       <c r="D437" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-025/2012.</t>
         </is>
       </c>
       <c r="F437" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="438" spans="1:6" customHeight="0">
       <c r="A438" s="0" t="inlineStr">
         <is>
           <t>Zsigmond Vince</t>
         </is>
       </c>
+      <c r="B438" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
+        </is>
+      </c>
       <c r="C438" s="0" t="inlineStr">
         <is>
           <t>1028 Budapest, Hidegkúti út 187/A.</t>
         </is>
       </c>
       <c r="D438" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-052/2014.</t>
         </is>
       </c>
       <c r="F438" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="439" spans="1:6" customHeight="0">
       <c r="A439" s="0" t="inlineStr">
         <is>
           <t>Zsila László</t>
         </is>
       </c>
+      <c r="B439" s="0" t="inlineStr">
+        <is>
+          <t>Hajdú-Bihar</t>
+        </is>
+      </c>
       <c r="C439" s="0" t="inlineStr">
         <is>
           <t>4225 Debrecen, Elek u. 17.</t>
         </is>
       </c>
       <c r="D439" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: Sz-030/2013.</t>
         </is>
       </c>
       <c r="F439" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="440" spans="1:6" customHeight="0">
       <c r="A440" s="0" t="inlineStr">
         <is>
           <t>Zsólyomi Tamás</t>
+        </is>
+      </c>
+      <c r="B440" s="0" t="inlineStr">
+        <is>
+          <t>Borsod-Abaúj-Zemplén</t>
         </is>
       </c>
       <c r="C440" s="0" t="inlineStr">
         <is>
           <t>3910 Tokaj, Esze Tamás utca 37.</t>
         </is>
       </c>
       <c r="D440" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-008/2018.</t>
         </is>
       </c>
       <c r="F440" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">