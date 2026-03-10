--- v1 (2026-01-23)
+++ v2 (2026-03-10)
@@ -72,51 +72,51 @@
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H440"/>
+  <dimension ref="A1:H441"/>
   <sheetData>
     <row r="1" spans="1:8" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Szakértő neve</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Vármegye</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Elérhetőségi adatok</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Szakértői részterületek</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Specializáció</t>
@@ -1506,51 +1506,51 @@
       </c>
     </row>
     <row r="53" spans="1:6" customHeight="0">
       <c r="A53" s="0" t="inlineStr">
         <is>
           <t>Csernavölgyi László, dr.</t>
         </is>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
           <t>Pest</t>
         </is>
       </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
           <t>2724 Újlengyel, Dánosi dűlő 38.</t>
         </is>
       </c>
       <c r="D53" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-036/2013., Tájvédelem: Sz-036/2013.</t>
         </is>
       </c>
       <c r="F53" s="0" t="inlineStr">
         <is>
-          <t>Aktív</t>
+          <t>Törölt</t>
         </is>
       </c>
     </row>
     <row r="54" spans="1:6" customHeight="0">
       <c r="A54" s="0" t="inlineStr">
         <is>
           <t>Cservenka Judit, dr.</t>
         </is>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
           <t>Veszprém</t>
         </is>
       </c>
       <c r="C54" s="0" t="inlineStr">
         <is>
           <t>8200 Veszprém, Cholnoky J. u. 23/A.</t>
         </is>
       </c>
       <c r="D54" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-092/2010.</t>
         </is>
       </c>
       <c r="F54" s="0" t="inlineStr">
@@ -1857,51 +1857,51 @@
       </c>
     </row>
     <row r="66" spans="1:6" customHeight="0">
       <c r="A66" s="0" t="inlineStr">
         <is>
           <t>Czirák Zsolt Zoltán</t>
         </is>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
           <t>Budapest</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
           <t>1111 Budapest, Lágymányosi utca 17/b.</t>
         </is>
       </c>
       <c r="D66" s="0" t="inlineStr">
         <is>
           <t>Élővilág: Sz-023/2010.</t>
         </is>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
-          <t>Aktív</t>
+          <t>Törölt</t>
         </is>
       </c>
     </row>
     <row r="67" spans="1:6" customHeight="0">
       <c r="A67" s="0" t="inlineStr">
         <is>
           <t>Dankovics Róbert</t>
         </is>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
           <t>Vas</t>
         </is>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
           <t>9721 Gencsapáti, Ady Endre u. 49.</t>
         </is>
       </c>
       <c r="D67" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-004/2013.</t>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
@@ -2863,2918 +2863,2918 @@
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
           <t>Győr-Moson-Sopron</t>
         </is>
       </c>
       <c r="C103" s="0" t="inlineStr">
         <is>
           <t>9422 Harka, Rét u.10.</t>
         </is>
       </c>
       <c r="D103" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-021/2011.</t>
         </is>
       </c>
       <c r="F103" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="104" spans="1:6" customHeight="0">
       <c r="A104" s="0" t="inlineStr">
         <is>
-          <t>Fülöp Dávid Krisztián</t>
+          <t>Fűköhné Földesi Marianna, Dr.</t>
         </is>
       </c>
       <c r="B104" s="0" t="inlineStr">
         <is>
-          <t>Békés</t>
+          <t>Heves</t>
         </is>
       </c>
       <c r="C104" s="0" t="inlineStr">
         <is>
-          <t>5700 Gyula, Nagyváradi út 42/A.</t>
+          <t>3232 Mátrafüred, Hegyalja út 17.</t>
         </is>
       </c>
       <c r="D104" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-068/2012.</t>
+          <t>Élővilág: SZ-032/2010.</t>
         </is>
       </c>
       <c r="F104" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="105" spans="1:6" customHeight="0">
       <c r="A105" s="0" t="inlineStr">
         <is>
-          <t>Futó János</t>
+          <t>Fülöp Dávid Krisztián</t>
         </is>
       </c>
       <c r="B105" s="0" t="inlineStr">
         <is>
-          <t>Veszprém</t>
+          <t>Békés</t>
         </is>
       </c>
       <c r="C105" s="0" t="inlineStr">
         <is>
-          <t>8420 Zirc, Péch Antal u. 2/B.</t>
+          <t>5700 Gyula, Nagyváradi út 42/A.</t>
         </is>
       </c>
       <c r="D105" s="0" t="inlineStr">
         <is>
-          <t>Földtani természeti értékek és barlangok védelme: SZ-034/2011.</t>
+          <t>Élővilág: SZ-068/2012.</t>
         </is>
       </c>
       <c r="F105" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="106" spans="1:6" customHeight="0">
       <c r="A106" s="0" t="inlineStr">
         <is>
-          <t>Gál Lajos</t>
+          <t>Futó János</t>
         </is>
       </c>
       <c r="B106" s="0" t="inlineStr">
         <is>
-          <t>Zala</t>
+          <t>Veszprém</t>
         </is>
       </c>
       <c r="C106" s="0" t="inlineStr">
         <is>
-          <t>8315 Gyenesdiás, Gödörházy u. 60.</t>
+          <t>8420 Zirc, Péch Antal u. 2/B.</t>
         </is>
       </c>
       <c r="D106" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-064/2011.</t>
+          <t>Földtani természeti értékek és barlangok védelme: SZ-034/2011.</t>
         </is>
       </c>
       <c r="F106" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="107" spans="1:6" customHeight="0">
       <c r="A107" s="0" t="inlineStr">
         <is>
-          <t>Galambos István, dr.</t>
+          <t>Gál Lajos</t>
         </is>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
-          <t>Veszprém</t>
+          <t>Zala</t>
         </is>
       </c>
       <c r="C107" s="0" t="inlineStr">
         <is>
-          <t>8420 Zirc, Alkotmány u. 33/A.</t>
+          <t>8315 Gyenesdiás, Gödörházy u. 60.</t>
         </is>
       </c>
       <c r="D107" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-007/2012.</t>
+          <t>Élővilág: SZ-064/2011.</t>
         </is>
       </c>
       <c r="F107" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="108" spans="1:6" customHeight="0">
       <c r="A108" s="0" t="inlineStr">
         <is>
-          <t>Gallai Zsófia</t>
+          <t>Galambos István, dr.</t>
         </is>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
-          <t>Budapest</t>
+          <t>Veszprém</t>
         </is>
       </c>
       <c r="C108" s="0" t="inlineStr">
         <is>
-          <t>1039 Budapest, Lukács György utca 2., 5. emelet 48., zsofi@gallai.hu</t>
+          <t>8420 Zirc, Alkotmány u. 33/A.</t>
         </is>
       </c>
       <c r="D108" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-007/2023.</t>
+          <t>Élővilág: SZ-007/2012.</t>
         </is>
       </c>
       <c r="F108" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="109" spans="1:6" customHeight="0">
       <c r="A109" s="0" t="inlineStr">
         <is>
-          <t>Gergely Attila</t>
+          <t>Gallai Zsófia</t>
         </is>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
           <t>Budapest</t>
         </is>
       </c>
       <c r="C109" s="0" t="inlineStr">
         <is>
-          <t>1119 Budapest, Etele út 18., 20-3623894</t>
+          <t>1039 Budapest, Lukács György utca 2., 5. emelet 48., zsofi@gallai.hu</t>
         </is>
       </c>
       <c r="D109" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-003/2013., Tájvédelem: SZ-003/2013.</t>
+          <t>Élővilág: SZ-007/2023.</t>
         </is>
       </c>
       <c r="F109" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="110" spans="1:6" customHeight="0">
       <c r="A110" s="0" t="inlineStr">
         <is>
-          <t>Gombkötő Péter</t>
+          <t>Gergely Attila</t>
         </is>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
-          <t>Borsod-Abaúj-Zemplén</t>
+          <t>Budapest</t>
         </is>
       </c>
       <c r="C110" s="0" t="inlineStr">
         <is>
-          <t>3411 Szomolya, Széchenyi u. 23.</t>
+          <t>1119 Budapest, Etele út 18., 20-3623894</t>
         </is>
       </c>
       <c r="D110" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-039/2011.</t>
+          <t>Élővilág: SZ-003/2013., Tájvédelem: SZ-003/2013.</t>
         </is>
       </c>
       <c r="F110" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="111" spans="1:6" customHeight="0">
       <c r="A111" s="0" t="inlineStr">
         <is>
-          <t>Görföl Tamás, Dr.</t>
+          <t>Gombkötő Péter</t>
         </is>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
-          <t>Pest</t>
+          <t>Borsod-Abaúj-Zemplén</t>
         </is>
       </c>
       <c r="C111" s="0" t="inlineStr">
         <is>
-          <t>2081 Piliscsaba, Zrínyi utca 30.</t>
+          <t>3411 Szomolya, Széchenyi u. 23.</t>
         </is>
       </c>
       <c r="D111" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-016/2017.</t>
+          <t>Élővilág: SZ-039/2011.</t>
         </is>
       </c>
       <c r="F111" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="112" spans="1:6" customHeight="0">
       <c r="A112" s="0" t="inlineStr">
         <is>
-          <t>Grónás Viktor Péter, dr.</t>
+          <t>Görföl Tamás, Dr.</t>
         </is>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
           <t>Pest</t>
         </is>
       </c>
       <c r="C112" s="0" t="inlineStr">
         <is>
-          <t>2252 Tóalmás, Deák Ferenc u. 5.</t>
+          <t>2081 Piliscsaba, Zrínyi utca 30.</t>
         </is>
       </c>
       <c r="D112" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-007/2013., Tájvédelem: SZ-007/2013.</t>
+          <t>Élővilág: SZ-016/2017.</t>
         </is>
       </c>
       <c r="F112" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="113" spans="1:6" customHeight="0">
       <c r="A113" s="0" t="inlineStr">
         <is>
-          <t>Gruberné Farkas Tünde</t>
+          <t>Grónás Viktor Péter, dr.</t>
         </is>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
-          <t>Borsod-Abaúj-Zemplén</t>
+          <t>Pest</t>
         </is>
       </c>
       <c r="C113" s="0" t="inlineStr">
         <is>
-          <t>3759 Aggtelek, Vass Imre út 24.</t>
+          <t>2252 Tóalmás, Deák Ferenc u. 5.</t>
         </is>
       </c>
       <c r="D113" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-102/2010.</t>
+          <t>Élővilág: SZ-007/2013., Tájvédelem: SZ-007/2013.</t>
         </is>
       </c>
       <c r="F113" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="114" spans="1:6" customHeight="0">
       <c r="A114" s="0" t="inlineStr">
         <is>
-          <t>Gulyás Gergely, dr.</t>
+          <t>Gruberné Farkas Tünde</t>
         </is>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
-          <t>Hajdú-Bihar</t>
+          <t>Borsod-Abaúj-Zemplén</t>
         </is>
       </c>
       <c r="C114" s="0" t="inlineStr">
         <is>
-          <t>4032 Debrecen, Soós R. u.21.</t>
+          <t>3759 Aggtelek, Vass Imre út 24.</t>
         </is>
       </c>
       <c r="D114" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-051/2011.</t>
+          <t>Élővilág: SZ-102/2010.</t>
         </is>
       </c>
       <c r="F114" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="115" spans="1:6" customHeight="0">
       <c r="A115" s="0" t="inlineStr">
         <is>
-          <t>Gulyás-Kis Csaba Attila</t>
+          <t>Gulyás Gergely, dr.</t>
         </is>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
-          <t>Budapest</t>
+          <t>Hajdú-Bihar</t>
         </is>
       </c>
       <c r="C115" s="0" t="inlineStr">
         <is>
-          <t>1026 Budapest, Gábor Áron utca 61.</t>
+          <t>4032 Debrecen, Soós R. u.21.</t>
         </is>
       </c>
       <c r="D115" s="0" t="inlineStr">
         <is>
-          <t>Földtani természeti értékek és barlangok védelme: SZ-002/2009.</t>
+          <t>Élővilág: SZ-051/2011.</t>
         </is>
       </c>
       <c r="F115" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="116" spans="1:6" customHeight="0">
       <c r="A116" s="0" t="inlineStr">
         <is>
-          <t>Guti Gábor, Dr.</t>
+          <t>Gulyás-Kis Csaba Attila</t>
         </is>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
-          <t>Pest</t>
+          <t>Budapest</t>
         </is>
       </c>
       <c r="C116" s="0" t="inlineStr">
         <is>
-          <t>2120 Dunakeszi, Kiss Ernő utca 8.</t>
+          <t>1026 Budapest, Gábor Áron utca 61.</t>
         </is>
       </c>
       <c r="D116" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: Sz-011/2021.</t>
+          <t>Földtani természeti értékek és barlangok védelme: SZ-002/2009.</t>
         </is>
       </c>
       <c r="F116" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="117" spans="1:6" customHeight="0">
       <c r="A117" s="0" t="inlineStr">
         <is>
-          <t>Gyarmathy István László</t>
+          <t>Guti Gábor, Dr.</t>
         </is>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
-          <t>Hajdú-Bihar</t>
+          <t>Pest</t>
         </is>
       </c>
       <c r="C117" s="0" t="inlineStr">
         <is>
-          <t>4032 Debrecen, Tessedik S. utca 115.</t>
+          <t>2120 Dunakeszi, Kiss Ernő utca 8.</t>
         </is>
       </c>
       <c r="D117" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: Sz-032/2009., Tájvédelem: Sz-032/2009.</t>
+          <t>Élővilág: Sz-011/2021.</t>
         </is>
       </c>
       <c r="F117" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="118" spans="1:6" customHeight="0">
       <c r="A118" s="0" t="inlineStr">
         <is>
-          <t>Gyurácz József, Dr. habil.</t>
+          <t>Gyarmathy István László</t>
         </is>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
-          <t>Vas</t>
+          <t>Hajdú-Bihar</t>
         </is>
       </c>
       <c r="C118" s="0" t="inlineStr">
         <is>
-          <t>9700 Szombathely, Károlyi Gáspár tér 4.</t>
+          <t>4032 Debrecen, Tessedik S. utca 115.</t>
         </is>
       </c>
       <c r="D118" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: Sz-028/2013.</t>
+          <t>Élővilág: Sz-032/2009., Tájvédelem: Sz-032/2009.</t>
         </is>
       </c>
       <c r="F118" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="119" spans="1:6" customHeight="0">
       <c r="A119" s="0" t="inlineStr">
         <is>
-          <t>Habarics Béla</t>
+          <t>Gyurácz József, Dr. habil.</t>
         </is>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
-          <t>Szabolcs-Szatmár-Bereg</t>
+          <t>Vas</t>
         </is>
       </c>
       <c r="C119" s="0" t="inlineStr">
         <is>
-          <t>4900 Fehérgyarmat, Petőfi Sándor út 2.</t>
+          <t>9700 Szombathely, Károlyi Gáspár tér 4.</t>
         </is>
       </c>
       <c r="D119" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-019/2009.</t>
+          <t>Élővilág: Sz-028/2013.</t>
         </is>
       </c>
       <c r="F119" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="120" spans="1:6" customHeight="0">
       <c r="A120" s="0" t="inlineStr">
         <is>
-          <t>Háden Sándor</t>
+          <t>Habarics Béla</t>
         </is>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
-          <t>Fejér</t>
+          <t>Szabolcs-Szatmár-Bereg</t>
         </is>
       </c>
       <c r="C120" s="0" t="inlineStr">
         <is>
-          <t>8000 Székesfehérvár, József A. u. 2/D X/1.</t>
+          <t>4900 Fehérgyarmat, Petőfi Sándor út 2.</t>
         </is>
       </c>
       <c r="D120" s="0" t="inlineStr">
         <is>
-          <t>Földtani természeti értékek és barlangok védelme: SZ-020/2012.</t>
+          <t>Élővilág: SZ-019/2009.</t>
         </is>
       </c>
       <c r="F120" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="121" spans="1:6" customHeight="0">
       <c r="A121" s="0" t="inlineStr">
         <is>
-          <t>Hahn István, dr.</t>
+          <t>Háden Sándor</t>
         </is>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
-          <t>Pest</t>
+          <t>Fejér</t>
         </is>
       </c>
       <c r="C121" s="0" t="inlineStr">
         <is>
-          <t>2083 Solymár, Rókus u. 5.</t>
+          <t>8000 Székesfehérvár, József A. u. 2/D X/1.</t>
         </is>
       </c>
       <c r="D121" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-029/2012.</t>
+          <t>Földtani természeti értékek és barlangok védelme: SZ-020/2012.</t>
         </is>
       </c>
       <c r="F121" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="122" spans="1:6" customHeight="0">
       <c r="A122" s="0" t="inlineStr">
         <is>
-          <t>Hajduné Víg Katalin</t>
+          <t>Hahn István, dr.</t>
         </is>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
-          <t>Hajdú-Bihar</t>
+          <t>Pest</t>
         </is>
       </c>
       <c r="C122" s="0" t="inlineStr">
         <is>
-          <t>4241 Bocskaikert, Németh László út 36.</t>
+          <t>2083 Solymár, Rókus u. 5.</t>
         </is>
       </c>
       <c r="D122" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: Sz-001/2015., Tájvédelem: Sz-001/2015.</t>
+          <t>Élővilág: SZ-029/2012.</t>
         </is>
       </c>
       <c r="F122" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="123" spans="1:6" customHeight="0">
       <c r="A123" s="0" t="inlineStr">
         <is>
-          <t>Halasi-Kovács Béla</t>
+          <t>Hajduné Víg Katalin</t>
         </is>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
           <t>Hajdú-Bihar</t>
         </is>
       </c>
       <c r="C123" s="0" t="inlineStr">
         <is>
-          <t>4225 Debrecen, Nagyszentgyörgy u. 82/a.</t>
+          <t>4241 Bocskaikert, Németh László út 36.</t>
         </is>
       </c>
       <c r="D123" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-002/2013.</t>
+          <t>Élővilág: Sz-001/2015., Tájvédelem: Sz-001/2015.</t>
         </is>
       </c>
       <c r="F123" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="124" spans="1:6" customHeight="0">
       <c r="A124" s="0" t="inlineStr">
         <is>
-          <t>Halmágyi Tiborné Jenei Mária, Dr.</t>
+          <t>Halasi-Kovács Béla</t>
         </is>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
-          <t>Csongrád-Csanád</t>
+          <t>Hajdú-Bihar</t>
         </is>
       </c>
       <c r="C124" s="0" t="inlineStr">
         <is>
-          <t>6791 Szeged, Bethlen Gábor utca 17.</t>
+          <t>4225 Debrecen, Nagyszentgyörgy u. 82/a.</t>
         </is>
       </c>
       <c r="D124" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-041/2010.</t>
+          <t>Élővilág: SZ-002/2013.</t>
         </is>
       </c>
       <c r="F124" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="125" spans="1:6" customHeight="0">
       <c r="A125" s="0" t="inlineStr">
         <is>
-          <t>Halupka Gábor Ernő</t>
+          <t>Halmágyi Tiborné Jenei Mária, Dr.</t>
         </is>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
-          <t>Pest</t>
+          <t>Csongrád-Csanád</t>
         </is>
       </c>
       <c r="C125" s="0" t="inlineStr">
         <is>
-          <t>2626 Nagymaros, Kamilla utca 1.</t>
+          <t>6791 Szeged, Bethlen Gábor utca 17.</t>
         </is>
       </c>
       <c r="D125" s="0" t="inlineStr">
         <is>
-          <t>Földtani természeti értékek és barlangok védelme: SZ-061/2012.</t>
+          <t>Élővilág: SZ-041/2010.</t>
         </is>
       </c>
       <c r="F125" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="126" spans="1:6" customHeight="0">
       <c r="A126" s="0" t="inlineStr">
         <is>
-          <t>Hamar József</t>
+          <t>Halupka Gábor Ernő</t>
         </is>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
           <t>Pest</t>
         </is>
       </c>
       <c r="C126" s="0" t="inlineStr">
         <is>
-          <t>2030 Érd, Rozsnyói u. 2.</t>
+          <t>2626 Nagymaros, Kamilla utca 1.</t>
         </is>
       </c>
       <c r="D126" s="0" t="inlineStr">
         <is>
-          <t>Tájvédelem: Sz-057/2014.</t>
+          <t>Földtani természeti értékek és barlangok védelme: SZ-061/2012.</t>
         </is>
       </c>
       <c r="F126" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="127" spans="1:6" customHeight="0">
       <c r="A127" s="0" t="inlineStr">
         <is>
-          <t>Hámori Gábor</t>
+          <t>Hamar József</t>
         </is>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
-          <t>Győr-Moson-Sopron</t>
+          <t>Pest</t>
         </is>
       </c>
       <c r="C127" s="0" t="inlineStr">
         <is>
-          <t>9400 Sopron, Rét utca 4.</t>
+          <t>2030 Érd, Rozsnyói u. 2.</t>
         </is>
       </c>
       <c r="D127" s="0" t="inlineStr">
         <is>
-          <t>Tájvédelem: SZ-020/2009.</t>
+          <t>Tájvédelem: Sz-057/2014.</t>
         </is>
       </c>
       <c r="F127" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="128" spans="1:6" customHeight="0">
       <c r="A128" s="0" t="inlineStr">
         <is>
-          <t>Harkai Miklós Zoltán</t>
+          <t>Hámori Gábor</t>
         </is>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
-          <t>Nógrád</t>
+          <t>Győr-Moson-Sopron</t>
         </is>
       </c>
       <c r="C128" s="0" t="inlineStr">
         <is>
-          <t>3100, Salgótarján, Fáy András krt. 70. fsz. 3., harkai.miklos@gmail.com</t>
+          <t>9400 Sopron, Rét utca 4.</t>
         </is>
       </c>
       <c r="D128" s="0" t="inlineStr">
         <is>
-          <t>Tájvédelem: SZ-076/2011.</t>
+          <t>Tájvédelem: SZ-020/2009.</t>
         </is>
       </c>
       <c r="F128" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="129" spans="1:6" customHeight="0">
       <c r="A129" s="0" t="inlineStr">
         <is>
-          <t>Harmathné Buna Viktória</t>
+          <t>Harkai Miklós Zoltán</t>
         </is>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
-          <t>Budapest</t>
+          <t>Nógrád</t>
         </is>
       </c>
       <c r="C129" s="0" t="inlineStr">
         <is>
-          <t>1126 Budapest, Sólyom u. 17. A/1.</t>
+          <t>3100, Salgótarján, Fáy András krt. 70. fsz. 3., harkai.miklos@gmail.com</t>
         </is>
       </c>
       <c r="D129" s="0" t="inlineStr">
         <is>
-          <t>Tájvédelem: Sz-098/2010.</t>
+          <t>Tájvédelem: SZ-076/2011.</t>
         </is>
       </c>
       <c r="F129" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="130" spans="1:6" customHeight="0">
       <c r="A130" s="0" t="inlineStr">
         <is>
-          <t>Haszonits Győző, Dr.</t>
+          <t>Harmathné Buna Viktória</t>
         </is>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
-          <t>Jász-Nagykun-Szolnok</t>
+          <t>Budapest</t>
         </is>
       </c>
       <c r="C130" s="0" t="inlineStr">
         <is>
-          <t>5000 Szolnok, Szolnok Ispán krt. 5. 4/12., hasz.gjozo@gmail.com</t>
+          <t>1126 Budapest, Sólyom u. 17. A/1.</t>
         </is>
       </c>
       <c r="D130" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-007/2022.</t>
+          <t>Tájvédelem: Sz-098/2010.</t>
         </is>
       </c>
       <c r="F130" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="131" spans="1:6" customHeight="0">
       <c r="A131" s="0" t="inlineStr">
         <is>
-          <t>Házi Judit</t>
+          <t>Haszonits Győző, Dr.</t>
         </is>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
-          <t>Pest</t>
+          <t>Jász-Nagykun-Szolnok</t>
         </is>
       </c>
       <c r="C131" s="0" t="inlineStr">
         <is>
-          <t>2120 Dunakeszi, Katona József út 8.</t>
+          <t>5000 Szolnok, Szolnok Ispán krt. 5. 4/12., hasz.gjozo@gmail.com</t>
         </is>
       </c>
       <c r="D131" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-007/2017.</t>
+          <t>Élővilág: SZ-007/2022.</t>
         </is>
       </c>
       <c r="F131" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="132" spans="1:6" customHeight="0">
       <c r="A132" s="0" t="inlineStr">
         <is>
-          <t>Heckenast Ádám Péter</t>
+          <t>Házi Judit</t>
         </is>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
           <t>Pest</t>
         </is>
       </c>
       <c r="C132" s="0" t="inlineStr">
         <is>
-          <t>2030 Érd, Visegrádi utca 28., heckyadam@yahoo.com</t>
+          <t>2120 Dunakeszi, Katona József út 8.</t>
         </is>
       </c>
       <c r="D132" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-001/2022.</t>
+          <t>Élővilág: SZ-007/2017.</t>
         </is>
       </c>
       <c r="F132" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="133" spans="1:6" customHeight="0">
       <c r="A133" s="0" t="inlineStr">
         <is>
-          <t>Hegedűs Zoltán</t>
+          <t>Heckenast Ádám Péter</t>
         </is>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
-          <t>Csongrád-Csanád</t>
+          <t>Pest</t>
         </is>
       </c>
       <c r="C133" s="0" t="inlineStr">
         <is>
-          <t>6500 Hódmezővásárhely, Mandula u. 21. I/3.</t>
+          <t>2030 Érd, Visegrádi utca 28., heckyadam@yahoo.com</t>
         </is>
       </c>
       <c r="D133" s="0" t="inlineStr">
         <is>
-          <t>Tájvédelem: Sz-029/2013.</t>
+          <t>Élővilág: SZ-001/2022.</t>
         </is>
       </c>
       <c r="F133" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="134" spans="1:6" customHeight="0">
       <c r="A134" s="0" t="inlineStr">
         <is>
-          <t>Herczeg Ágnes</t>
+          <t>Hegedűs Zoltán</t>
         </is>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
-          <t>Budapest</t>
+          <t>Csongrád-Csanád</t>
         </is>
       </c>
       <c r="C134" s="0" t="inlineStr">
         <is>
-          <t>1111 Budapest, Bartók Béla út 34. III/3.</t>
+          <t>6500 Hódmezővásárhely, Mandula u. 21. I/3.</t>
         </is>
       </c>
       <c r="D134" s="0" t="inlineStr">
         <is>
-          <t>Tájvédelem: SZ-012/2011.</t>
+          <t>Tájvédelem: Sz-029/2013.</t>
         </is>
       </c>
       <c r="F134" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="135" spans="1:6" customHeight="0">
       <c r="A135" s="0" t="inlineStr">
         <is>
-          <t>Herczeg Zoltán</t>
+          <t>Herczeg Ágnes</t>
         </is>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
-          <t>Győr-Moson-Sopron</t>
+          <t>Budapest</t>
         </is>
       </c>
       <c r="C135" s="0" t="inlineStr">
         <is>
-          <t>9019 Győr, Kenderföldi út 15., z.herczeg@gmail.com</t>
+          <t>1111 Budapest, Bartók Béla út 34. III/3.</t>
         </is>
       </c>
       <c r="D135" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: Sz-003/2020</t>
+          <t>Tájvédelem: SZ-012/2011.</t>
         </is>
       </c>
       <c r="F135" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="136" spans="1:6" customHeight="0">
       <c r="A136" s="0" t="inlineStr">
         <is>
-          <t>Herényi Márton Farkas</t>
+          <t>Herczeg Zoltán</t>
         </is>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
-          <t>Budapest</t>
+          <t>Győr-Moson-Sopron</t>
         </is>
       </c>
       <c r="C136" s="0" t="inlineStr">
         <is>
-          <t>1143 Budapest, Ilka utca 20. I. emelet 5. ajtó</t>
+          <t>9019 Győr, Kenderföldi út 15., z.herczeg@gmail.com</t>
         </is>
       </c>
       <c r="D136" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-014/2017.</t>
+          <t>Élővilág: Sz-003/2020</t>
         </is>
       </c>
       <c r="F136" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="137" spans="1:6" customHeight="0">
       <c r="A137" s="0" t="inlineStr">
         <is>
-          <t>Hock Ferenc</t>
+          <t>Herényi Márton Farkas</t>
         </is>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
-          <t>Pest</t>
+          <t>Budapest</t>
         </is>
       </c>
       <c r="C137" s="0" t="inlineStr">
         <is>
-          <t>2023 Dunabogdány,József Attila utca 2/A</t>
+          <t>1143 Budapest, Ilka utca 20. I. emelet 5. ajtó</t>
         </is>
       </c>
       <c r="D137" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-005/2018.</t>
+          <t>Élővilág: SZ-014/2017.</t>
         </is>
       </c>
       <c r="F137" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="138" spans="1:6" customHeight="0">
       <c r="A138" s="0" t="inlineStr">
         <is>
-          <t>Holndonner Péter</t>
+          <t>Hock Ferenc</t>
         </is>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
           <t>Pest</t>
         </is>
       </c>
       <c r="C138" s="0" t="inlineStr">
         <is>
-          <t>2089 Telki, Árnyas köz 5/A</t>
+          <t>2023 Dunabogdány,József Attila utca 2/A</t>
         </is>
       </c>
       <c r="D138" s="0" t="inlineStr">
         <is>
-          <t>Földtani természeti értékek és barlangok védelme: SZ-064/2012., Tájvédelem: SZ-064/2012.</t>
+          <t>Élővilág: SZ-005/2018.</t>
         </is>
       </c>
       <c r="F138" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="139" spans="1:6" customHeight="0">
       <c r="A139" s="0" t="inlineStr">
         <is>
-          <t>Hornung Erzsébet, dr.</t>
+          <t>Holndonner Péter</t>
         </is>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
-          <t>Budapest</t>
+          <t>Pest</t>
         </is>
       </c>
       <c r="C139" s="0" t="inlineStr">
         <is>
-          <t>1064 Budapest, Izabella u. 75. fszt. 1.</t>
+          <t>2089 Telki, Árnyas köz 5/A</t>
         </is>
       </c>
       <c r="D139" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: Sz-011/2013.</t>
+          <t>Földtani természeti értékek és barlangok védelme: SZ-064/2012., Tájvédelem: SZ-064/2012.</t>
         </is>
       </c>
       <c r="F139" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="140" spans="1:6" customHeight="0">
       <c r="A140" s="0" t="inlineStr">
         <is>
-          <t>Horvai Valér Endre</t>
+          <t>Hornung Erzsébet, dr.</t>
         </is>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
-          <t>Baranya</t>
+          <t>Budapest</t>
         </is>
       </c>
       <c r="C140" s="0" t="inlineStr">
         <is>
-          <t>7623 Pécs, Megyeri tér 1/B. II. emelet 26.</t>
+          <t>1064 Budapest, Izabella u. 75. fszt. 1.</t>
         </is>
       </c>
       <c r="D140" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: Sz-002/2020.</t>
+          <t>Élővilág: Sz-011/2013.</t>
         </is>
       </c>
       <c r="F140" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="141" spans="1:6" customHeight="0">
       <c r="A141" s="0" t="inlineStr">
         <is>
-          <t>Horváth Bálint Győző, Dr.</t>
+          <t>Horvai Valér Endre</t>
         </is>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
-          <t>Zala</t>
+          <t>Baranya</t>
         </is>
       </c>
       <c r="C141" s="0" t="inlineStr">
         <is>
-          <t>8776 Magyarszerdahely, Rózsa utca 2.</t>
+          <t>7623 Pécs, Megyeri tér 1/B. II. emelet 26.</t>
         </is>
       </c>
       <c r="D141" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: Sz-004/2019.</t>
+          <t>Élővilág: Sz-002/2020.</t>
         </is>
       </c>
       <c r="F141" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="142" spans="1:6" customHeight="0">
       <c r="A142" s="0" t="inlineStr">
         <is>
-          <t>Horváth Dénes</t>
+          <t>Horváth Bálint Győző, Dr.</t>
         </is>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
-          <t>Csongrád-Csanád</t>
+          <t>Zala</t>
         </is>
       </c>
       <c r="C142" s="0" t="inlineStr">
         <is>
-          <t>6636 Mártély, Községház utca 24.</t>
+          <t>8776 Magyarszerdahely, Rózsa utca 2.</t>
         </is>
       </c>
       <c r="D142" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-053/2010.</t>
+          <t>Élővilág: Sz-004/2019.</t>
         </is>
       </c>
       <c r="F142" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="143" spans="1:6" customHeight="0">
       <c r="A143" s="0" t="inlineStr">
         <is>
-          <t>Horváth Jenő István</t>
+          <t>Horváth Dénes</t>
         </is>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
-          <t>Zala</t>
+          <t>Csongrád-Csanád</t>
         </is>
       </c>
       <c r="C143" s="0" t="inlineStr">
         <is>
-          <t>8900 Zalaegerszeg, Jókai Mór 23.</t>
+          <t>6636 Mártély, Községház utca 24.</t>
         </is>
       </c>
       <c r="D143" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-087/2010., Földtani természeti értékek és barlangok védelme: SZ-087/2010., Tájvédelem: SZ-087/2010.</t>
+          <t>Élővilág: SZ-053/2010.</t>
         </is>
       </c>
       <c r="F143" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="144" spans="1:6" customHeight="0">
       <c r="A144" s="0" t="inlineStr">
         <is>
-          <t>Horváth Lajos Frigyes</t>
+          <t>Horváth Jenő István</t>
         </is>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
-          <t>Győr-Moson-Sopron</t>
+          <t>Zala</t>
         </is>
       </c>
       <c r="C144" s="0" t="inlineStr">
         <is>
-          <t>9071 Gönyü, Irányi Dániel utca 27.</t>
+          <t>8900 Zalaegerszeg, Jókai Mór 23.</t>
         </is>
       </c>
       <c r="D144" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-043/2008., Tájvédelem: SZ-043/2008.</t>
+          <t>Élővilág: SZ-087/2010., Földtani természeti értékek és barlangok védelme: SZ-087/2010., Tájvédelem: SZ-087/2010.</t>
         </is>
       </c>
       <c r="F144" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="145" spans="1:6" customHeight="0">
       <c r="A145" s="0" t="inlineStr">
         <is>
-          <t>Horváth Rita</t>
+          <t>Horváth Lajos Frigyes</t>
         </is>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
-          <t>Fejér</t>
+          <t>Győr-Moson-Sopron</t>
         </is>
       </c>
       <c r="C145" s="0" t="inlineStr">
         <is>
-          <t>8000 Székesfehérvár, Fáy András lakótelep 7/A. 2. em. 3. ajtó, hritas@gmail.com, +36204600126</t>
+          <t>9071 Gönyü, Irányi Dániel utca 27.</t>
         </is>
       </c>
       <c r="D145" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-014/2023.</t>
+          <t>Élővilág: SZ-043/2008., Tájvédelem: SZ-043/2008.</t>
         </is>
       </c>
       <c r="F145" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="146" spans="1:6" customHeight="0">
       <c r="A146" s="0" t="inlineStr">
         <is>
-          <t>Horváth Róbert, Dr.</t>
+          <t>Horváth Rita</t>
         </is>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
-          <t>Szabolcs-Szatmár-Bereg</t>
+          <t>Fejér</t>
         </is>
       </c>
       <c r="C146" s="0" t="inlineStr">
         <is>
-          <t>4962 Nagyszekeres, Árpád u. 4.</t>
+          <t>8000 Székesfehérvár, Fáy András lakótelep 7/A. 2. em. 3. ajtó, hritas@gmail.com, +36204600126</t>
         </is>
       </c>
       <c r="D146" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-044/2012.</t>
+          <t>Élővilág: SZ-014/2023.</t>
         </is>
       </c>
       <c r="F146" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="147" spans="1:6" customHeight="0">
       <c r="A147" s="0" t="inlineStr">
         <is>
-          <t>Hosszú Erzsébet</t>
+          <t>Horváth Róbert, Dr.</t>
         </is>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
-          <t>Fejér</t>
+          <t>Szabolcs-Szatmár-Bereg</t>
         </is>
       </c>
       <c r="C147" s="0" t="inlineStr">
         <is>
-          <t>2483 Gárdony, Kossuth u. 6.</t>
+          <t>4962 Nagyszekeres, Árpád u. 4.</t>
         </is>
       </c>
       <c r="D147" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-004/2011.</t>
+          <t>Élővilág: SZ-044/2012.</t>
         </is>
       </c>
       <c r="F147" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="148" spans="1:6" customHeight="0">
       <c r="A148" s="0" t="inlineStr">
         <is>
-          <t>Hubayné Dr. Horváth Nóra Krisztina</t>
+          <t>Hosszú Erzsébet</t>
         </is>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
-          <t>Pest</t>
+          <t>Fejér</t>
         </is>
       </c>
       <c r="C148" s="0" t="inlineStr">
         <is>
-          <t>2132 Göd, Vadvirág u. 5., hhnora@kert-terv.hu</t>
+          <t>2483 Gárdony, Kossuth u. 6.</t>
         </is>
       </c>
       <c r="D148" s="0" t="inlineStr">
         <is>
-          <t>Tájvédelem: SZ-001/2021.</t>
+          <t>Élővilág: SZ-004/2011.</t>
         </is>
       </c>
       <c r="F148" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="149" spans="1:6" customHeight="0">
       <c r="A149" s="0" t="inlineStr">
         <is>
-          <t>Hudák Ilona Katalin</t>
+          <t>Hubayné Dr. Horváth Nóra Krisztina</t>
         </is>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
-          <t>Borsod-Abaúj-Zemplén</t>
+          <t>Pest</t>
         </is>
       </c>
       <c r="C149" s="0" t="inlineStr">
         <is>
-          <t>3534 Miskolc, Szarkahegy u. 46.</t>
+          <t>2132 Göd, Vadvirág u. 5., hhnora@kert-terv.hu</t>
         </is>
       </c>
       <c r="D149" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-043/2011.</t>
+          <t>Tájvédelem: SZ-001/2021.</t>
         </is>
       </c>
       <c r="F149" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="150" spans="1:6" customHeight="0">
       <c r="A150" s="0" t="inlineStr">
         <is>
-          <t>Hüvös-Récsi Annamária</t>
+          <t>Hudák Ilona Katalin</t>
         </is>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
-          <t>Komárom-Esztergom</t>
+          <t>Borsod-Abaúj-Zemplén</t>
         </is>
       </c>
       <c r="C150" s="0" t="inlineStr">
         <is>
-          <t>2824 Várgesztes, Arany János u. 71.</t>
+          <t>3534 Miskolc, Szarkahegy u. 46.</t>
         </is>
       </c>
       <c r="D150" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-005/2015.</t>
+          <t>Élővilág: SZ-043/2011.</t>
         </is>
       </c>
       <c r="F150" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="151" spans="1:6" customHeight="0">
       <c r="A151" s="0" t="inlineStr">
         <is>
-          <t>Illyés Zoltán</t>
+          <t>Hüvös-Récsi Annamária</t>
         </is>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
-          <t>Zala</t>
+          <t>Komárom-Esztergom</t>
         </is>
       </c>
       <c r="C151" s="0" t="inlineStr">
         <is>
-          <t>8900 Zalaegerszeg, Várberki utca 13.</t>
+          <t>2824 Várgesztes, Arany János u. 71.</t>
         </is>
       </c>
       <c r="D151" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-047/2009.</t>
+          <t>Élővilág: SZ-005/2015.</t>
         </is>
       </c>
       <c r="F151" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="152" spans="1:6" customHeight="0">
       <c r="A152" s="0" t="inlineStr">
         <is>
-          <t>Illyés Zsuzsanna</t>
+          <t>Illyés Zoltán</t>
         </is>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
-          <t>Budapest</t>
+          <t>Zala</t>
         </is>
       </c>
       <c r="C152" s="0" t="inlineStr">
         <is>
-          <t>1117 Budapest, Karinthy Frigyes út 5.</t>
+          <t>8900 Zalaegerszeg, Várberki utca 13.</t>
         </is>
       </c>
       <c r="D152" s="0" t="inlineStr">
         <is>
-          <t>Tájvédelem: SZ-014/2011.</t>
+          <t>Élővilág: SZ-047/2009.</t>
         </is>
       </c>
       <c r="F152" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="153" spans="1:6" customHeight="0">
       <c r="A153" s="0" t="inlineStr">
         <is>
-          <t>Ilonczai Zoltán</t>
+          <t>Illyés Zsuzsanna</t>
         </is>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
-          <t>Heves</t>
+          <t>Budapest</t>
         </is>
       </c>
       <c r="C153" s="0" t="inlineStr">
         <is>
-          <t>3300 Eger, Legányi F. u. 8/a.</t>
+          <t>1117 Budapest, Karinthy Frigyes út 5.</t>
         </is>
       </c>
       <c r="D153" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: Sz-042/2013.</t>
+          <t>Tájvédelem: SZ-014/2011.</t>
         </is>
       </c>
       <c r="F153" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="154" spans="1:6" customHeight="0">
       <c r="A154" s="0" t="inlineStr">
         <is>
-          <t>Ilyés Péter</t>
+          <t>Ilonczai Zoltán</t>
         </is>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
-          <t>Békés</t>
+          <t>Heves</t>
         </is>
       </c>
       <c r="C154" s="0" t="inlineStr">
         <is>
-          <t>5630 Békés, Epresköz utca 17.</t>
+          <t>3300 Eger, Legányi F. u. 8/a.</t>
         </is>
       </c>
       <c r="D154" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-051/2012.</t>
+          <t>Élővilág: Sz-042/2013.</t>
         </is>
       </c>
       <c r="F154" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="155" spans="1:6" customHeight="0">
       <c r="A155" s="0" t="inlineStr">
         <is>
-          <t>Jaczenkó Judit</t>
+          <t>Ilyés Péter</t>
         </is>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
-          <t>Budapest</t>
+          <t>Békés</t>
         </is>
       </c>
       <c r="C155" s="0" t="inlineStr">
         <is>
-          <t>1117 Budapest, Váli u. 4.</t>
+          <t>5630 Békés, Epresköz utca 17.</t>
         </is>
       </c>
       <c r="D155" s="0" t="inlineStr">
         <is>
-          <t>Tájvédelem: SZ-045/2011.</t>
+          <t>Élővilág: SZ-051/2012.</t>
         </is>
       </c>
       <c r="F155" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="156" spans="1:6" customHeight="0">
       <c r="A156" s="0" t="inlineStr">
         <is>
-          <t>Jáger Gyula</t>
+          <t>Jaczenkó Judit</t>
         </is>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
           <t>Budapest</t>
         </is>
       </c>
       <c r="C156" s="0" t="inlineStr">
         <is>
-          <t>1031 Budapest, Kaszásdűlő u. 11. IX/88.</t>
+          <t>1117 Budapest, Váli u. 4.</t>
         </is>
       </c>
       <c r="D156" s="0" t="inlineStr">
         <is>
-          <t>Földtani természeti értékek és barlangok védelme: Sz-049/2012.</t>
+          <t>Tájvédelem: SZ-045/2011.</t>
         </is>
       </c>
       <c r="F156" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="157" spans="1:6" customHeight="0">
       <c r="A157" s="0" t="inlineStr">
         <is>
-          <t>Jakab Attila</t>
+          <t>Jáger Gyula</t>
         </is>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
-          <t>Pest</t>
+          <t>Budapest</t>
         </is>
       </c>
       <c r="C157" s="0" t="inlineStr">
         <is>
-          <t>2030 Érd, Szép Ilonka utca 59/B.</t>
+          <t>1031 Budapest, Kaszásdűlő u. 11. IX/88.</t>
         </is>
       </c>
       <c r="D157" s="0" t="inlineStr">
         <is>
-          <t>Tájvédelem: SZ-001/2019.</t>
+          <t>Földtani természeti értékek és barlangok védelme: Sz-049/2012.</t>
         </is>
       </c>
       <c r="F157" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="158" spans="1:6" customHeight="0">
       <c r="A158" s="0" t="inlineStr">
         <is>
-          <t>Jánoska Ferenc István, Dr.</t>
+          <t>Jakab Attila</t>
         </is>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
-          <t>Győr-Moson-Sopron</t>
+          <t>Pest</t>
         </is>
       </c>
       <c r="C158" s="0" t="inlineStr">
         <is>
-          <t>9400 Sopron, Deák tér 22.</t>
+          <t>2030 Érd, Szép Ilonka utca 59/B.</t>
         </is>
       </c>
       <c r="D158" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-003/2010., Tájvédelem: SZ-003/2010.</t>
+          <t>Tájvédelem: SZ-001/2019.</t>
         </is>
       </c>
       <c r="F158" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="159" spans="1:6" customHeight="0">
       <c r="A159" s="0" t="inlineStr">
         <is>
-          <t>Jánossy László, Dr.</t>
+          <t>Jánoska Ferenc István, Dr.</t>
         </is>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
-          <t>Pest</t>
+          <t>Győr-Moson-Sopron</t>
         </is>
       </c>
       <c r="C159" s="0" t="inlineStr">
         <is>
-          <t>2092 Budakeszi, Vásárhelyi Pál u. 16.</t>
+          <t>9400 Sopron, Deák tér 22.</t>
         </is>
       </c>
       <c r="D159" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-022/2016.</t>
+          <t>Élővilág: SZ-003/2010., Tájvédelem: SZ-003/2010.</t>
         </is>
       </c>
       <c r="F159" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="160" spans="1:6" customHeight="0">
       <c r="A160" s="0" t="inlineStr">
         <is>
-          <t>Jeszenszky Anna</t>
+          <t>Jánossy László, Dr.</t>
         </is>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
           <t>Pest</t>
         </is>
       </c>
       <c r="C160" s="0" t="inlineStr">
         <is>
-          <t>2370 Dabas, Klapka utca 33., jeszenszkyanna@gmail.com</t>
+          <t>2092 Budakeszi, Vásárhelyi Pál u. 16.</t>
         </is>
       </c>
       <c r="D160" s="0" t="inlineStr">
         <is>
-          <t>Tájvédelem: SZ-005/2023.</t>
+          <t>Élővilág: SZ-022/2016.</t>
         </is>
       </c>
       <c r="F160" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="161" spans="1:6" customHeight="0">
       <c r="A161" s="0" t="inlineStr">
         <is>
-          <t>Jóba Katalin</t>
+          <t>Jeszenszky Anna</t>
         </is>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
-          <t>Budapest</t>
+          <t>Pest</t>
         </is>
       </c>
       <c r="C161" s="0" t="inlineStr">
         <is>
-          <t>1024 Budapest, Keleti Károly u. 46. I/4.</t>
+          <t>2370 Dabas, Klapka utca 33., jeszenszkyanna@gmail.com</t>
         </is>
       </c>
       <c r="D161" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-017/2010., Tájvédelem: SZ-017/2010.</t>
+          <t>Tájvédelem: SZ-005/2023.</t>
         </is>
       </c>
       <c r="F161" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="162" spans="1:6" customHeight="0">
       <c r="A162" s="0" t="inlineStr">
         <is>
-          <t>Juhász Magdolna, dr.</t>
+          <t>Jóba Katalin</t>
         </is>
       </c>
       <c r="B162" s="0" t="inlineStr">
         <is>
-          <t>Somogy</t>
+          <t>Budapest</t>
         </is>
       </c>
       <c r="C162" s="0" t="inlineStr">
         <is>
-          <t>7477 Szenna, Tildy Zoltán út 33.</t>
+          <t>1024 Budapest, Keleti Károly u. 46. I/4.</t>
         </is>
       </c>
       <c r="D162" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: Sz-056/2009., Tájvédelem: SZ-056/2009.</t>
+          <t>Élővilág: SZ-017/2010., Tájvédelem: SZ-017/2010.</t>
         </is>
       </c>
       <c r="F162" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="163" spans="1:6" customHeight="0">
       <c r="A163" s="0" t="inlineStr">
         <is>
-          <t>Juhász Péter, Dr.</t>
+          <t>Juhász Magdolna, dr.</t>
         </is>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
-          <t>Hajdú-Bihar</t>
+          <t>Somogy</t>
         </is>
       </c>
       <c r="C163" s="0" t="inlineStr">
         <is>
-          <t>4032 Debrecen, Soó Rezső u. 21.</t>
+          <t>7477 Szenna, Tildy Zoltán út 33.</t>
         </is>
       </c>
       <c r="D163" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-052/2011.</t>
+          <t>Élővilág: Sz-056/2009., Tájvédelem: SZ-056/2009.</t>
         </is>
       </c>
       <c r="F163" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="164" spans="1:6" customHeight="0">
       <c r="A164" s="0" t="inlineStr">
         <is>
-          <t>Juhász-Gőz Szilvia</t>
+          <t>Juhász Péter, Dr.</t>
         </is>
       </c>
       <c r="B164" s="0" t="inlineStr">
         <is>
-          <t>Csongrád-Csanád</t>
+          <t>Hajdú-Bihar</t>
         </is>
       </c>
       <c r="C164" s="0" t="inlineStr">
         <is>
-          <t>6757 Szeged, Bacsó Béla utca 2., juhaszgozszilvia@gmail.com</t>
+          <t>4032 Debrecen, Soó Rezső u. 21.</t>
         </is>
       </c>
       <c r="D164" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-021/2013., Tájvédelem: SZ-018/2019.</t>
+          <t>Élővilág: SZ-052/2011.</t>
         </is>
       </c>
       <c r="F164" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="165" spans="1:6" customHeight="0">
       <c r="A165" s="0" t="inlineStr">
         <is>
-          <t>K. Szabó Attila</t>
+          <t>Juhász-Gőz Szilvia</t>
         </is>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
-          <t>Budapest</t>
+          <t>Csongrád-Csanád</t>
         </is>
       </c>
       <c r="C165" s="0" t="inlineStr">
         <is>
-          <t>1148 Budapest, Örs vezér tere 17. VIII/35.</t>
+          <t>6757 Szeged, Bacsó Béla utca 2., juhaszgozszilvia@gmail.com</t>
         </is>
       </c>
       <c r="D165" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-005/2016.</t>
+          <t>Élővilág: SZ-021/2013., Tájvédelem: SZ-018/2019.</t>
         </is>
       </c>
       <c r="F165" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="166" spans="1:6" customHeight="0">
       <c r="A166" s="0" t="inlineStr">
         <is>
-          <t>Kabai Róbert</t>
+          <t>K. Szabó Attila</t>
         </is>
       </c>
       <c r="B166" s="0" t="inlineStr">
         <is>
           <t>Budapest</t>
         </is>
       </c>
       <c r="C166" s="0" t="inlineStr">
         <is>
-          <t>1031 Budapest, Petúr utca 37., kabairobert@gmail.com</t>
+          <t>1148 Budapest, Örs vezér tere 17. VIII/35.</t>
         </is>
       </c>
       <c r="D166" s="0" t="inlineStr">
         <is>
-          <t>Tájvédelem: SZ-008/2019.</t>
+          <t>Élővilág: SZ-005/2016.</t>
         </is>
       </c>
       <c r="F166" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="167" spans="1:6" customHeight="0">
       <c r="A167" s="0" t="inlineStr">
         <is>
-          <t>Kádár Géza Antal, Dr.</t>
+          <t>Kabai Róbert</t>
         </is>
       </c>
       <c r="B167" s="0" t="inlineStr">
         <is>
-          <t>Baranya</t>
+          <t>Budapest</t>
         </is>
       </c>
       <c r="C167" s="0" t="inlineStr">
         <is>
-          <t>7624 Pécs, Bornemissza G. utca 12.</t>
+          <t>1031 Budapest, Petúr utca 37., kabairobert@gmail.com</t>
         </is>
       </c>
       <c r="D167" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-002/2010.</t>
+          <t>Tájvédelem: SZ-008/2019.</t>
         </is>
       </c>
       <c r="F167" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="168" spans="1:6" customHeight="0">
       <c r="A168" s="0" t="inlineStr">
         <is>
-          <t>Kákonyi Árpád Dr.</t>
+          <t>Kádár Géza Antal, Dr.</t>
         </is>
       </c>
       <c r="B168" s="0" t="inlineStr">
         <is>
-          <t>Bács-Kiskun</t>
+          <t>Baranya</t>
         </is>
       </c>
       <c r="C168" s="0" t="inlineStr">
         <is>
-          <t>6000 Kecskemét, Petőfi Sándor u. 16. 9/79.</t>
+          <t>7624 Pécs, Bornemissza G. utca 12.</t>
         </is>
       </c>
       <c r="D168" s="0" t="inlineStr">
         <is>
-          <t>Földtani természeti értékek és barlangok védelme: SZ-065/2011., Tájvédelem: SZ-065/2011.</t>
+          <t>Élővilág: SZ-002/2010.</t>
         </is>
       </c>
       <c r="F168" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="169" spans="1:6" customHeight="0">
       <c r="A169" s="0" t="inlineStr">
         <is>
-          <t>Kaleta Jánosné</t>
+          <t>Kákonyi Árpád Dr.</t>
         </is>
       </c>
       <c r="B169" s="0" t="inlineStr">
         <is>
-          <t>Fejér</t>
+          <t>Bács-Kiskun</t>
         </is>
       </c>
       <c r="C169" s="0" t="inlineStr">
         <is>
-          <t>8000 Székesfehérvár, Surányi utca 55.</t>
+          <t>6000 Kecskemét, Petőfi Sándor u. 16. 9/79.</t>
         </is>
       </c>
       <c r="D169" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-028/2009.</t>
+          <t>Földtani természeti értékek és barlangok védelme: SZ-065/2011., Tájvédelem: SZ-065/2011.</t>
         </is>
       </c>
       <c r="F169" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="170" spans="1:6" customHeight="0">
       <c r="A170" s="0" t="inlineStr">
         <is>
-          <t>Kálmán Miklós</t>
+          <t>Kaleta Jánosné</t>
         </is>
       </c>
       <c r="B170" s="0" t="inlineStr">
         <is>
-          <t>Pest</t>
+          <t>Fejér</t>
         </is>
       </c>
       <c r="C170" s="0" t="inlineStr">
         <is>
-          <t>2025 Visegrád, Sziget utca 6., kalman.miklos@icloud.com</t>
+          <t>8000 Székesfehérvár, Surányi utca 55.</t>
         </is>
       </c>
       <c r="D170" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: Sz-062/2014., Tájvédelem: Sz-062/2014.</t>
+          <t>Élővilág: SZ-028/2009.</t>
         </is>
       </c>
       <c r="F170" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="171" spans="1:6" customHeight="0">
       <c r="A171" s="0" t="inlineStr">
         <is>
-          <t>Kalmár Gábor</t>
+          <t>Kálmán Miklós</t>
         </is>
       </c>
       <c r="B171" s="0" t="inlineStr">
         <is>
-          <t>Csongrád-Csanád</t>
+          <t>Pest</t>
         </is>
       </c>
       <c r="C171" s="0" t="inlineStr">
         <is>
-          <t>6500 Baja, Sirály u. 3., kalmar.gabor@fibermail.hu  kalmarg75@gmail.com</t>
+          <t>2025 Visegrád, Sziget utca 6., kalman.miklos@icloud.com</t>
         </is>
       </c>
       <c r="D171" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-074/2010., Földtani természeti értékek és barlangok védelme: SZ-074/2010.</t>
+          <t>Élővilág: Sz-062/2014., Tájvédelem: Sz-062/2014.</t>
         </is>
       </c>
       <c r="F171" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="172" spans="1:6" customHeight="0">
       <c r="A172" s="0" t="inlineStr">
         <is>
-          <t>Kalmár Sándor Flóris, dr.</t>
+          <t>Kalmár Gábor</t>
         </is>
       </c>
       <c r="B172" s="0" t="inlineStr">
         <is>
-          <t>Győr-Moson-Sopron</t>
+          <t>Csongrád-Csanád</t>
         </is>
       </c>
       <c r="C172" s="0" t="inlineStr">
         <is>
-          <t>9400 Sopron, Heimler Károly u. 8.</t>
+          <t>6500 Baja, Sirály u. 3., kalmar.gabor@fibermail.hu  kalmarg75@gmail.com</t>
         </is>
       </c>
       <c r="D172" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-010/2010.</t>
+          <t>Élővilág: SZ-074/2010., Földtani természeti értékek és barlangok védelme: SZ-074/2010.</t>
         </is>
       </c>
       <c r="F172" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="173" spans="1:6" customHeight="0">
       <c r="A173" s="0" t="inlineStr">
         <is>
-          <t>Kalotás Zsolt, Dr.</t>
+          <t>Kalmár Sándor Flóris, dr.</t>
         </is>
       </c>
       <c r="B173" s="0" t="inlineStr">
         <is>
-          <t>Tolna</t>
+          <t>Győr-Moson-Sopron</t>
         </is>
       </c>
       <c r="C173" s="0" t="inlineStr">
         <is>
-          <t>7130 Tolna, Kinizsi u. 31.</t>
+          <t>9400 Sopron, Heimler Károly u. 8.</t>
         </is>
       </c>
       <c r="D173" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-011/2011.</t>
+          <t>Élővilág: SZ-010/2010.</t>
         </is>
       </c>
       <c r="F173" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="174" spans="1:6" customHeight="0">
       <c r="A174" s="0" t="inlineStr">
         <is>
-          <t>Kárpáti Béla Imre</t>
+          <t>Kalotás Zsolt, Dr.</t>
         </is>
       </c>
       <c r="B174" s="0" t="inlineStr">
         <is>
-          <t>Győr-Moson-Sopron</t>
+          <t>Tolna</t>
         </is>
       </c>
       <c r="C174" s="0" t="inlineStr">
         <is>
-          <t>9444 Fertőszentmiklós, Vadász u. 6., karpatibelaimre@gmail.com</t>
+          <t>7130 Tolna, Kinizsi u. 31.</t>
         </is>
       </c>
       <c r="D174" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-001/2024.</t>
+          <t>Élővilág: SZ-011/2011.</t>
         </is>
       </c>
       <c r="F174" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="175" spans="1:6" customHeight="0">
       <c r="A175" s="0" t="inlineStr">
         <is>
-          <t>Kárpáti László, dr. (elhalálozott 2021. évben.)</t>
+          <t>Kárpáti Béla Imre</t>
         </is>
       </c>
       <c r="B175" s="0" t="inlineStr">
         <is>
           <t>Győr-Moson-Sopron</t>
         </is>
       </c>
       <c r="C175" s="0" t="inlineStr">
         <is>
-          <t>9435 Sarród, Kárpáti tanya 1.</t>
+          <t>9444 Fertőszentmiklós, Vadász u. 6., karpatibelaimre@gmail.com</t>
         </is>
       </c>
       <c r="D175" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-005/2017.</t>
+          <t>Élővilág: SZ-001/2024.</t>
         </is>
       </c>
       <c r="F175" s="0" t="inlineStr">
         <is>
-          <t>Törölt</t>
+          <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="176" spans="1:6" customHeight="0">
       <c r="A176" s="0" t="inlineStr">
         <is>
-          <t>Katkó Lajos</t>
+          <t>Kárpáti László, dr. (elhalálozott 2021. évben.)</t>
         </is>
       </c>
       <c r="B176" s="0" t="inlineStr">
         <is>
-          <t>Pest</t>
+          <t>Győr-Moson-Sopron</t>
         </is>
       </c>
       <c r="C176" s="0" t="inlineStr">
         <is>
-          <t>2253 Tápióság, Dózsa György u. 74.</t>
+          <t>9435 Sarród, Kárpáti tanya 1.</t>
         </is>
       </c>
       <c r="D176" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-002/2016., Tájvédelem: SZ-002/2016.</t>
+          <t>Élővilág: SZ-005/2017.</t>
         </is>
       </c>
       <c r="F176" s="0" t="inlineStr">
         <is>
-          <t>Aktív</t>
+          <t>Törölt</t>
         </is>
       </c>
     </row>
     <row r="177" spans="1:6" customHeight="0">
       <c r="A177" s="0" t="inlineStr">
         <is>
-          <t>Kazi Róbert</t>
+          <t>Katkó Lajos</t>
         </is>
       </c>
       <c r="B177" s="0" t="inlineStr">
         <is>
           <t>Pest</t>
         </is>
       </c>
       <c r="C177" s="0" t="inlineStr">
         <is>
-          <t>2120 Dunakeszi, Kertész utca 1.</t>
+          <t>2253 Tápióság, Dózsa György u. 74.</t>
         </is>
       </c>
       <c r="D177" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: Sz-013/2024.</t>
+          <t>Élővilág: SZ-002/2016., Tájvédelem: SZ-002/2016.</t>
         </is>
       </c>
       <c r="F177" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="178" spans="1:6" customHeight="0">
       <c r="A178" s="0" t="inlineStr">
         <is>
-          <t>Kecskés Ferenc</t>
+          <t>Kazi Róbert</t>
         </is>
       </c>
       <c r="B178" s="0" t="inlineStr">
         <is>
-          <t>Budapest</t>
+          <t>Pest</t>
         </is>
       </c>
       <c r="C178" s="0" t="inlineStr">
         <is>
-          <t>1223 Budapest Kőbányai utca 10., ferikecskes59@gmail.com</t>
+          <t>2120 Dunakeszi, Kertész utca 1.</t>
         </is>
       </c>
       <c r="D178" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: Sz-003/2022.</t>
+          <t>Élővilág: Sz-013/2024.</t>
         </is>
       </c>
       <c r="F178" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="179" spans="1:6" customHeight="0">
       <c r="A179" s="0" t="inlineStr">
         <is>
-          <t>Kelemenné dr. Szilágyi Enikő, dr.</t>
+          <t>Kecskés Ferenc</t>
         </is>
       </c>
       <c r="B179" s="0" t="inlineStr">
         <is>
-          <t>Jász-Nagykun-Szolnok</t>
+          <t>Budapest</t>
         </is>
       </c>
       <c r="C179" s="0" t="inlineStr">
         <is>
-          <t>5000 Szolnok, Balassa Bálint u. 4.</t>
+          <t>1223 Budapest Kőbányai utca 10., ferikecskes59@gmail.com</t>
         </is>
       </c>
       <c r="D179" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: Sz-052/2012.</t>
+          <t>Élővilág: Sz-003/2022.</t>
         </is>
       </c>
       <c r="F179" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="180" spans="1:6" customHeight="0">
       <c r="A180" s="0" t="inlineStr">
         <is>
-          <t>Kenyeres Zoltán Tamás</t>
+          <t>Kelemenné dr. Szilágyi Enikő, dr.</t>
         </is>
       </c>
       <c r="B180" s="0" t="inlineStr">
         <is>
-          <t>Veszprém</t>
+          <t>Jász-Nagykun-Szolnok</t>
         </is>
       </c>
       <c r="C180" s="0" t="inlineStr">
         <is>
-          <t>8200 Veszprém, Stadion u. 28/A.</t>
+          <t>5000 Szolnok, Balassa Bálint u. 4.</t>
         </is>
       </c>
       <c r="D180" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-036/2010.</t>
+          <t>Élővilág: Sz-052/2012.</t>
         </is>
       </c>
       <c r="F180" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="181" spans="1:6" customHeight="0">
       <c r="A181" s="0" t="inlineStr">
         <is>
-          <t>Kertész Botond</t>
+          <t>Kenyeres Zoltán Tamás</t>
         </is>
       </c>
       <c r="B181" s="0" t="inlineStr">
         <is>
-          <t>Pest</t>
+          <t>Veszprém</t>
         </is>
       </c>
       <c r="C181" s="0" t="inlineStr">
         <is>
-          <t>2039 Pusztazámor, Gárdonyi Géza utca 4., kerteszbotond@gmail.com</t>
+          <t>8200 Veszprém, Stadion u. 28/A.</t>
         </is>
       </c>
       <c r="D181" s="0" t="inlineStr">
         <is>
-          <t>Földtani természeti értékek és barlangok védelme: Sz-049/2013.</t>
+          <t>Élővilág: SZ-036/2010.</t>
         </is>
       </c>
       <c r="F181" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="182" spans="1:6" customHeight="0">
       <c r="A182" s="0" t="inlineStr">
         <is>
-          <t>Kéthelyi Márton</t>
+          <t>Kertész Botond</t>
         </is>
       </c>
       <c r="B182" s="0" t="inlineStr">
         <is>
-          <t>Budapest</t>
+          <t>Pest</t>
         </is>
       </c>
       <c r="C182" s="0" t="inlineStr">
         <is>
-          <t>1016 Budapest, Derék u. 5-7.</t>
+          <t>2039 Pusztazámor, Gárdonyi Géza utca 4., kerteszbotond@gmail.com</t>
         </is>
       </c>
       <c r="D182" s="0" t="inlineStr">
         <is>
-          <t>Tájvédelem: SZ-037/2013.</t>
+          <t>Földtani természeti értékek és barlangok védelme: Sz-049/2013.</t>
         </is>
       </c>
       <c r="F182" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="183" spans="1:6" customHeight="0">
       <c r="A183" s="0" t="inlineStr">
         <is>
-          <t>Kevey Balázs dr.</t>
+          <t>Kéthelyi Márton</t>
         </is>
       </c>
       <c r="B183" s="0" t="inlineStr">
         <is>
-          <t>Baranya</t>
+          <t>Budapest</t>
         </is>
       </c>
       <c r="C183" s="0" t="inlineStr">
         <is>
-          <t>7621 Pécs, Felsőmalom u. 16/1</t>
+          <t>1016 Budapest, Derék u. 5-7.</t>
         </is>
       </c>
       <c r="D183" s="0" t="inlineStr">
         <is>
-          <t>Földtani természeti értékek és barlangok védelme: SZ-057/2012.</t>
+          <t>Tájvédelem: SZ-037/2013.</t>
         </is>
       </c>
       <c r="F183" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="184" spans="1:6" customHeight="0">
       <c r="A184" s="0" t="inlineStr">
         <is>
-          <t>Kincses Krisztina</t>
+          <t>Kevey Balázs dr.</t>
         </is>
       </c>
       <c r="B184" s="0" t="inlineStr">
         <is>
-          <t>Budapest</t>
+          <t>Baranya</t>
         </is>
       </c>
       <c r="C184" s="0" t="inlineStr">
         <is>
-          <t>1117 Budapest, Nádorliget utca 8/F.</t>
+          <t>7621 Pécs, Felsőmalom u. 16/1</t>
         </is>
       </c>
       <c r="D184" s="0" t="inlineStr">
         <is>
-          <t>Tájvédelem: SZ-001/2018.</t>
+          <t>Földtani természeti értékek és barlangok védelme: SZ-057/2012.</t>
         </is>
       </c>
       <c r="F184" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="185" spans="1:6" customHeight="0">
       <c r="A185" s="0" t="inlineStr">
         <is>
-          <t>Király Botond Gergely, dr.</t>
+          <t>Kincses Krisztina</t>
         </is>
       </c>
       <c r="B185" s="0" t="inlineStr">
         <is>
-          <t>Győr-Moson-Sopron</t>
+          <t>Budapest</t>
         </is>
       </c>
       <c r="C185" s="0" t="inlineStr">
         <is>
-          <t>9462 Völcsej, Fő u. 126.</t>
+          <t>1117 Budapest, Nádorliget utca 8/F.</t>
         </is>
       </c>
       <c r="D185" s="0" t="inlineStr">
         <is>
-          <t>Tájvédelem: Sz-020/2010.</t>
+          <t>Tájvédelem: SZ-001/2018.</t>
         </is>
       </c>
       <c r="F185" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="186" spans="1:6" customHeight="0">
       <c r="A186" s="0" t="inlineStr">
         <is>
           <t>Király Botond Gergely, dr.</t>
         </is>
       </c>
       <c r="B186" s="0" t="inlineStr">
         <is>
           <t>Győr-Moson-Sopron</t>
         </is>
       </c>
       <c r="C186" s="0" t="inlineStr">
         <is>
-          <t>9463 Völcsej, Fő u. 126.</t>
+          <t>9462 Völcsej, Fő u. 126.</t>
         </is>
       </c>
       <c r="D186" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-036/2012.</t>
+          <t>Tájvédelem: Sz-020/2010.</t>
         </is>
       </c>
       <c r="F186" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="187" spans="1:6" customHeight="0">
       <c r="A187" s="0" t="inlineStr">
         <is>
-          <t>Kisbenedek Tibor</t>
+          <t>Király Botond Gergely, dr.</t>
         </is>
       </c>
       <c r="B187" s="0" t="inlineStr">
         <is>
-          <t>Budapest</t>
+          <t>Győr-Moson-Sopron</t>
         </is>
       </c>
       <c r="C187" s="0" t="inlineStr">
         <is>
-          <t>1054 Budapest, Zoltán u. 9. 2/4.</t>
+          <t>9463 Völcsej, Fő u. 126.</t>
         </is>
       </c>
       <c r="D187" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-062/2011.</t>
+          <t>Élővilág: SZ-036/2012.</t>
         </is>
       </c>
       <c r="F187" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="188" spans="1:6" customHeight="0">
       <c r="A188" s="0" t="inlineStr">
         <is>
-          <t>Kiss Béla, Dr.</t>
+          <t>Kisbenedek Tibor</t>
         </is>
       </c>
       <c r="B188" s="0" t="inlineStr">
         <is>
-          <t>Hajdú-Bihar</t>
+          <t>Budapest</t>
         </is>
       </c>
       <c r="C188" s="0" t="inlineStr">
         <is>
-          <t>4225 Debrecen, Zsindely út 77.</t>
+          <t>1054 Budapest, Zoltán u. 9. 2/4.</t>
         </is>
       </c>
       <c r="D188" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-050/2011., Tájvédelem: SZ-018/2018.</t>
+          <t>Élővilág: SZ-062/2011.</t>
         </is>
       </c>
       <c r="F188" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="189" spans="1:6" customHeight="0">
       <c r="A189" s="0" t="inlineStr">
         <is>
-          <t>Kiss Csaba</t>
+          <t>Kiss Béla, Dr.</t>
         </is>
       </c>
       <c r="B189" s="0" t="inlineStr">
         <is>
-          <t>Komárom-Esztergom</t>
+          <t>Hajdú-Bihar</t>
         </is>
       </c>
       <c r="C189" s="0" t="inlineStr">
         <is>
-          <t>2521 Csolnok, Petőfi utca 43.</t>
+          <t>4225 Debrecen, Zsindely út 77.</t>
         </is>
       </c>
       <c r="D189" s="0" t="inlineStr">
         <is>
-          <t>Tájvédelem: SZ-005/2025.</t>
+          <t>Élővilág: SZ-050/2011., Tájvédelem: SZ-018/2018.</t>
         </is>
       </c>
       <c r="F189" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="190" spans="1:6" customHeight="0">
       <c r="A190" s="0" t="inlineStr">
         <is>
-          <t>Kiss István, dr.</t>
+          <t>Kiss Csaba</t>
         </is>
       </c>
       <c r="B190" s="0" t="inlineStr">
         <is>
-          <t>Budapest</t>
+          <t>Komárom-Esztergom</t>
         </is>
       </c>
       <c r="C190" s="0" t="inlineStr">
         <is>
-          <t>1164 Budapest, Caprera u. 12.</t>
+          <t>2521 Csolnok, Petőfi utca 43.</t>
         </is>
       </c>
       <c r="D190" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-006/2013.</t>
+          <t>Tájvédelem: SZ-005/2025.</t>
         </is>
       </c>
       <c r="F190" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="191" spans="1:6" customHeight="0">
       <c r="A191" s="0" t="inlineStr">
         <is>
-          <t>Kiss Tünde</t>
+          <t>Kiss István, dr.</t>
         </is>
       </c>
       <c r="B191" s="0" t="inlineStr">
         <is>
-          <t>Jász-Nagykun-Szolnok</t>
+          <t>Budapest</t>
         </is>
       </c>
       <c r="C191" s="0" t="inlineStr">
         <is>
-          <t>5100 Jászberény, Pajtás utca 7., kiss.tunde@kertikon.hu</t>
+          <t>1164 Budapest, Caprera u. 12.</t>
         </is>
       </c>
       <c r="D191" s="0" t="inlineStr">
         <is>
-          <t>Tájvédelem: SZ-015/2024.</t>
+          <t>Élővilág: SZ-006/2013.</t>
         </is>
       </c>
       <c r="F191" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="192" spans="1:6" customHeight="0">
       <c r="A192" s="0" t="inlineStr">
         <is>
-          <t>Kiss Zsolt</t>
+          <t>Kiss Tünde</t>
         </is>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
-          <t>Fejér</t>
+          <t>Jász-Nagykun-Szolnok</t>
         </is>
       </c>
       <c r="C192" s="0" t="inlineStr">
         <is>
-          <t>8154 Polgárdi, Ifjúság u. 41.</t>
+          <t>5100 Jászberény, Pajtás utca 7., kiss.tunde@kertikon.hu</t>
         </is>
       </c>
       <c r="D192" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-067/2012.</t>
+          <t>Tájvédelem: SZ-015/2024.</t>
         </is>
       </c>
       <c r="F192" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="193" spans="1:6" customHeight="0">
       <c r="A193" s="0" t="inlineStr">
         <is>
-          <t>Kiss-Polák Andrea</t>
+          <t>Kiss Zsolt</t>
         </is>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
-          <t>Pest</t>
+          <t>Fejér</t>
         </is>
       </c>
       <c r="C193" s="0" t="inlineStr">
         <is>
-          <t>2600 Vác, Fürdő u. 11.</t>
+          <t>8154 Polgárdi, Ifjúság u. 41.</t>
         </is>
       </c>
       <c r="D193" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-010/2011., Tájvédelem: SZ-010/2011.</t>
+          <t>Élővilág: SZ-067/2012.</t>
         </is>
       </c>
       <c r="F193" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="194" spans="1:6" customHeight="0">
       <c r="A194" s="0" t="inlineStr">
         <is>
-          <t>Kissné Jáger Erika</t>
+          <t>Kiss-Polák Andrea</t>
         </is>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
-          <t>Budapest</t>
+          <t>Pest</t>
         </is>
       </c>
       <c r="C194" s="0" t="inlineStr">
         <is>
-          <t>1164 Budapest, Caprera u. 12.</t>
+          <t>2600 Vác, Fürdő u. 11.</t>
         </is>
       </c>
       <c r="D194" s="0" t="inlineStr">
         <is>
-          <t>Tájvédelem: Sz-018/2011.</t>
+          <t>Élővilág: SZ-010/2011., Tájvédelem: SZ-010/2011.</t>
         </is>
       </c>
       <c r="F194" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="195" spans="1:6" customHeight="0">
       <c r="A195" s="0" t="inlineStr">
         <is>
-          <t>Kisvárdainé Fábián Erika</t>
+          <t>Kissné Jáger Erika</t>
         </is>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
-          <t>Tolna</t>
+          <t>Budapest</t>
         </is>
       </c>
       <c r="C195" s="0" t="inlineStr">
         <is>
-          <t>7200 Dombóvár, Móricz Zs. u. 31.</t>
+          <t>1164 Budapest, Caprera u. 12.</t>
         </is>
       </c>
       <c r="D195" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: Sz-010/2009.</t>
+          <t>Tájvédelem: Sz-018/2011.</t>
         </is>
       </c>
       <c r="F195" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="196" spans="1:6" customHeight="0">
       <c r="A196" s="0" t="inlineStr">
         <is>
-          <t>Kling Zoltán</t>
+          <t>Kisvárdainé Fábián Erika</t>
         </is>
       </c>
       <c r="B196" s="0" t="inlineStr">
         <is>
-          <t>Bács-Kiskun</t>
+          <t>Tolna</t>
         </is>
       </c>
       <c r="C196" s="0" t="inlineStr">
         <is>
-          <t>6237 Kecel, Temető. u. 27.</t>
+          <t>7200 Dombóvár, Móricz Zs. u. 31.</t>
         </is>
       </c>
       <c r="D196" s="0" t="inlineStr">
         <is>
-          <t>Tájvédelem: Sz-093/2010.</t>
+          <t>Élővilág: Sz-010/2009.</t>
         </is>
       </c>
       <c r="F196" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="197" spans="1:6" customHeight="0">
       <c r="A197" s="0" t="inlineStr">
         <is>
-          <t>Kocsondi Csaba, Dr.</t>
+          <t>Kling Zoltán</t>
         </is>
       </c>
       <c r="B197" s="0" t="inlineStr">
         <is>
-          <t>Budapest</t>
+          <t>Bács-Kiskun</t>
         </is>
       </c>
       <c r="C197" s="0" t="inlineStr">
         <is>
-          <t>1026 Budapest, Gábor Áron utca 36/A, 1/4, global2000kft@t-online.hu</t>
+          <t>6237 Kecel, Temető. u. 27.</t>
         </is>
       </c>
       <c r="D197" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-073/2011., Tájvédelem: SZ-073/2011.</t>
+          <t>Tájvédelem: Sz-093/2010.</t>
         </is>
       </c>
       <c r="F197" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="198" spans="1:6" customHeight="0">
       <c r="A198" s="0" t="inlineStr">
         <is>
-          <t>Kojnok Alexandra Ágnes</t>
+          <t>Kocsondi Csaba, Dr.</t>
         </is>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
           <t>Budapest</t>
         </is>
       </c>
       <c r="C198" s="0" t="inlineStr">
         <is>
-          <t>1161 Budapest, József utca 135. I/6., kojnoka@hotmail.com</t>
+          <t>1026 Budapest, Gábor Áron utca 36/A, 1/4, global2000kft@t-online.hu</t>
         </is>
       </c>
       <c r="D198" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: Sz-009/2023.</t>
+          <t>Élővilág: SZ-073/2011., Tájvédelem: SZ-073/2011.</t>
         </is>
       </c>
       <c r="F198" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="199" spans="1:6" customHeight="0">
       <c r="A199" s="0" t="inlineStr">
         <is>
-          <t>Kókai Sándor, dr.</t>
+          <t>Kojnok Alexandra Ágnes</t>
         </is>
       </c>
       <c r="B199" s="0" t="inlineStr">
         <is>
-          <t>Szabolcs-Szatmár-Bereg</t>
+          <t>Budapest</t>
         </is>
       </c>
       <c r="C199" s="0" t="inlineStr">
         <is>
-          <t>4400 Nyíregyháza, Ószőlő u. 98.</t>
+          <t>1161 Budapest, József utca 135. I/6., kojnoka@hotmail.com</t>
         </is>
       </c>
       <c r="D199" s="0" t="inlineStr">
         <is>
-          <t>Földtani természeti értékek és barlangok védelme: SZ-026/2010.</t>
+          <t>Élővilág: Sz-009/2023.</t>
         </is>
       </c>
       <c r="F199" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="200" spans="1:6" customHeight="0">
       <c r="A200" s="0" t="inlineStr">
         <is>
-          <t>Kókainé Gilyén Mária</t>
+          <t>Kókai Sándor, dr.</t>
         </is>
       </c>
       <c r="B200" s="0" t="inlineStr">
         <is>
-          <t>Budapest</t>
+          <t>Szabolcs-Szatmár-Bereg</t>
         </is>
       </c>
       <c r="C200" s="0" t="inlineStr">
         <is>
-          <t>1118 Budapest, Gazdagréti tér 5.</t>
+          <t>4400 Nyíregyháza, Ószőlő u. 98.</t>
         </is>
       </c>
       <c r="D200" s="0" t="inlineStr">
         <is>
-          <t>Tájvédelem: SZ-057/2010.</t>
+          <t>Földtani természeti értékek és barlangok védelme: SZ-026/2010.</t>
         </is>
       </c>
       <c r="F200" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="201" spans="1:6" customHeight="0">
       <c r="A201" s="0" t="inlineStr">
         <is>
-          <t>Kollányi László István dr.</t>
+          <t>Kókainé Gilyén Mária</t>
         </is>
       </c>
       <c r="B201" s="0" t="inlineStr">
         <is>
           <t>Budapest</t>
         </is>
       </c>
       <c r="C201" s="0" t="inlineStr">
         <is>
-          <t>1185 Budapest,Munkács utca 7.</t>
+          <t>1118 Budapest, Gazdagréti tér 5.</t>
         </is>
       </c>
       <c r="D201" s="0" t="inlineStr">
         <is>
-          <t>Tájvédelem: SZ-003/2017</t>
+          <t>Tájvédelem: SZ-057/2010.</t>
         </is>
       </c>
       <c r="F201" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="202" spans="1:6" customHeight="0">
       <c r="A202" s="0" t="inlineStr">
         <is>
-          <t>Koltai Gábor</t>
+          <t>Kollányi László István dr.</t>
         </is>
       </c>
       <c r="B202" s="0" t="inlineStr">
         <is>
-          <t>Győr-Moson-Sopron</t>
+          <t>Budapest</t>
         </is>
       </c>
       <c r="C202" s="0" t="inlineStr">
         <is>
-          <t>9200 Mosonmagyaróvár, Halász utca 35.</t>
+          <t>1185 Budapest,Munkács utca 7.</t>
         </is>
       </c>
       <c r="D202" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-031/2012., Tájvédelem: SZ-031/2012.</t>
+          <t>Tájvédelem: SZ-003/2017</t>
         </is>
       </c>
       <c r="F202" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="203" spans="1:6" customHeight="0">
       <c r="A203" s="0" t="inlineStr">
         <is>
-          <t>Koncz Péter Bertalan, Dr.</t>
+          <t>Koltai Gábor</t>
         </is>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
-          <t>Budapest</t>
+          <t>Győr-Moson-Sopron</t>
         </is>
       </c>
       <c r="C203" s="0" t="inlineStr">
         <is>
-          <t>1016 Budapest, Naphegy u 7. fsz. 2., pkoncz@gmail.com</t>
+          <t>9200 Mosonmagyaróvár, Halász utca 35.</t>
         </is>
       </c>
       <c r="D203" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-002/2023.</t>
+          <t>Élővilág: SZ-031/2012., Tájvédelem: SZ-031/2012.</t>
         </is>
       </c>
       <c r="F203" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="204" spans="1:6" customHeight="0">
       <c r="A204" s="0" t="inlineStr">
         <is>
-          <t>Konkoly-Gyuró Éva dr.</t>
+          <t>Koncz Péter Bertalan, Dr.</t>
         </is>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
           <t>Budapest</t>
         </is>
       </c>
       <c r="C204" s="0" t="inlineStr">
         <is>
-          <t>1024 Budapest, Keleti Károly u. 15b.</t>
+          <t>1016 Budapest, Naphegy u 7. fsz. 2., pkoncz@gmail.com</t>
         </is>
       </c>
       <c r="D204" s="0" t="inlineStr">
         <is>
-          <t>Tájvédelem: SZ-016/2018.</t>
+          <t>Élővilág: SZ-002/2023.</t>
         </is>
       </c>
       <c r="F204" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="205" spans="1:6" customHeight="0">
       <c r="A205" s="0" t="inlineStr">
         <is>
-          <t>Korda Márton </t>
+          <t>Konkoly-Gyuró Éva dr.</t>
+        </is>
+      </c>
+      <c r="B205" s="0" t="inlineStr">
+        <is>
+          <t>Budapest</t>
         </is>
       </c>
       <c r="C205" s="0" t="inlineStr">
         <is>
-          <t>1223 Budapest, Szabadkai u. 14.</t>
+          <t>1024 Budapest, Keleti Károly u. 15b.</t>
+        </is>
+      </c>
+      <c r="D205" s="0" t="inlineStr">
+        <is>
+          <t>Tájvédelem: SZ-016/2018.</t>
         </is>
       </c>
       <c r="F205" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="206" spans="1:6" customHeight="0">
       <c r="A206" s="0" t="inlineStr">
         <is>
-          <t>Kőrösi Levente</t>
-[...4 lines deleted...]
-          <t>Pest</t>
+          <t>Korda Márton </t>
         </is>
       </c>
       <c r="C206" s="0" t="inlineStr">
         <is>
-          <t>2092 Budakeszi, Törökvész u. 90.</t>
-[...4 lines deleted...]
-          <t>Élővilág: SZ-052/2009.</t>
+          <t>1223 Budapest, Szabadkai u. 14.</t>
         </is>
       </c>
       <c r="F206" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="207" spans="1:6" customHeight="0">
       <c r="A207" s="0" t="inlineStr">
         <is>
-          <t>Korózs Zsuzsanna Magdolna</t>
+          <t>Kőrösi Levente</t>
         </is>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
-          <t>Borsod-Abaúj-Zemplén</t>
+          <t>Pest</t>
         </is>
       </c>
       <c r="C207" s="0" t="inlineStr">
         <is>
-          <t>3524 Miskolc, Adler Károly utca 21.</t>
+          <t>2092 Budakeszi, Törökvész u. 90.</t>
         </is>
       </c>
       <c r="D207" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-012/2018.</t>
+          <t>Élővilág: SZ-052/2009.</t>
         </is>
       </c>
       <c r="F207" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="208" spans="1:6" customHeight="0">
       <c r="A208" s="0" t="inlineStr">
         <is>
-          <t>Koscsó János</t>
+          <t>Korózs Zsuzsanna Magdolna</t>
         </is>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
           <t>Borsod-Abaúj-Zemplén</t>
         </is>
       </c>
       <c r="C208" s="0" t="inlineStr">
         <is>
-          <t>3529 Miskolc, Sályi I. u.16. 3/1.</t>
+          <t>3524 Miskolc, Adler Károly utca 21.</t>
         </is>
       </c>
       <c r="D208" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-004/2012.</t>
+          <t>Élővilág: SZ-012/2018.</t>
         </is>
       </c>
       <c r="F208" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="209" spans="1:6" customHeight="0">
       <c r="A209" s="0" t="inlineStr">
         <is>
-          <t>Kovács Anita</t>
+          <t>Koscsó János</t>
         </is>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
-          <t>Budapest</t>
+          <t>Borsod-Abaúj-Zemplén</t>
         </is>
       </c>
       <c r="C209" s="0" t="inlineStr">
         <is>
-          <t>1033 Budapest, Búvár utca 3. 10/53.</t>
+          <t>3529 Miskolc, Sályi I. u.16. 3/1.</t>
         </is>
       </c>
       <c r="D209" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-017/2018.</t>
+          <t>Élővilág: SZ-004/2012.</t>
         </is>
       </c>
       <c r="F209" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="210" spans="1:6" customHeight="0">
       <c r="A210" s="0" t="inlineStr">
         <is>
-          <t>Kovács Antalné Földessy Mariann</t>
+          <t>Kovács Anita</t>
         </is>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
-          <t>Heves</t>
+          <t>Budapest</t>
         </is>
       </c>
       <c r="C210" s="0" t="inlineStr">
         <is>
-          <t>3232 Mátrafüred, Hegyalja út 17.</t>
+          <t>1033 Budapest, Búvár utca 3. 10/53.</t>
         </is>
       </c>
       <c r="D210" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-032/2010.</t>
+          <t>Élővilág: SZ-017/2018.</t>
         </is>
       </c>
       <c r="F210" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="211" spans="1:6" customHeight="0">
       <c r="A211" s="0" t="inlineStr">
         <is>
           <t>Kovács Attila</t>
         </is>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
           <t>Veszprém</t>
         </is>
       </c>
       <c r="C211" s="0" t="inlineStr">
         <is>
           <t>8553 Lovászpatona, Árpád u. 44., kovacsa.jack@gmail.com</t>
         </is>
       </c>
       <c r="D211" s="0" t="inlineStr">
@@ -6734,51 +6734,51 @@
       </c>
     </row>
     <row r="247" spans="1:6" customHeight="0">
       <c r="A247" s="0" t="inlineStr">
         <is>
           <t>Mátrai Ildikó</t>
         </is>
       </c>
       <c r="B247" s="0" t="inlineStr">
         <is>
           <t>Bács-Kiskun</t>
         </is>
       </c>
       <c r="C247" s="0" t="inlineStr">
         <is>
           <t>6522 Gara, Partizán u. 50.</t>
         </is>
       </c>
       <c r="D247" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-079/2010.</t>
         </is>
       </c>
       <c r="F247" s="0" t="inlineStr">
         <is>
-          <t>Aktív</t>
+          <t>Törölt</t>
         </is>
       </c>
     </row>
     <row r="248" spans="1:6" customHeight="0">
       <c r="A248" s="0" t="inlineStr">
         <is>
           <t>Mátrai Levente Gábor</t>
         </is>
       </c>
       <c r="B248" s="0" t="inlineStr">
         <is>
           <t>Budapest</t>
         </is>
       </c>
       <c r="C248" s="0" t="inlineStr">
         <is>
           <t>1111 Budapest, Budafoki út 26/B. 3. emelet 1. ajtó, levente.matrai@vatikft.hu</t>
         </is>
       </c>
       <c r="D248" s="0" t="inlineStr">
         <is>
           <t>Tájvédelem: SZ-010/2023.</t>
         </is>
       </c>
       <c r="F248" s="0" t="inlineStr">
@@ -11078,906 +11078,933 @@
       </c>
       <c r="B408" s="0" t="inlineStr">
         <is>
           <t>Békés</t>
         </is>
       </c>
       <c r="C408" s="0" t="inlineStr">
         <is>
           <t>5540 Szarvas, Csuka utca 28., salvia@index.hu</t>
         </is>
       </c>
       <c r="D408" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-002/2022., Tájvédelem: SZ-004/2022.</t>
         </is>
       </c>
       <c r="F408" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="409" spans="1:6" customHeight="0">
       <c r="A409" s="0" t="inlineStr">
         <is>
-          <t>Tóthné Pocsok Katalin</t>
+          <t>Tóthné Őszi Brigitta</t>
         </is>
       </c>
       <c r="B409" s="0" t="inlineStr">
         <is>
-          <t>Pest</t>
+          <t>Budapest</t>
         </is>
       </c>
       <c r="C409" s="0" t="inlineStr">
         <is>
-          <t>2040 Budaörs, Patkó u. 1. IV. em. 31.</t>
+          <t>2085 Pilisvörösvár, Fecske u. 2., oszibri@gmail.com, +36205743408</t>
         </is>
       </c>
       <c r="D409" s="0" t="inlineStr">
         <is>
-          <t>Tájvédelem: SZ-058/2011.</t>
+          <t>Élővilág: SZ-001/2026.</t>
         </is>
       </c>
       <c r="F409" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="410" spans="1:6" customHeight="0">
       <c r="A410" s="0" t="inlineStr">
         <is>
-          <t>Tyahun Szabolcs, Dr.</t>
+          <t>Tóthné Pocsok Katalin</t>
         </is>
       </c>
       <c r="B410" s="0" t="inlineStr">
         <is>
-          <t>Budapest</t>
+          <t>Pest</t>
         </is>
       </c>
       <c r="C410" s="0" t="inlineStr">
         <is>
-          <t>1161 Budapest, Petőfi Sándor utca 78.</t>
+          <t>2040 Budaörs, Patkó u. 1. IV. em. 31.</t>
         </is>
       </c>
       <c r="D410" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-038/2012.</t>
+          <t>Tájvédelem: SZ-058/2011.</t>
         </is>
       </c>
       <c r="F410" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="411" spans="1:6" customHeight="0">
       <c r="A411" s="0" t="inlineStr">
         <is>
-          <t>Uherkovich Ákos, dr.</t>
+          <t>Tyahun Szabolcs, Dr.</t>
         </is>
       </c>
       <c r="B411" s="0" t="inlineStr">
         <is>
-          <t>Baranya</t>
+          <t>Budapest</t>
         </is>
       </c>
       <c r="C411" s="0" t="inlineStr">
         <is>
-          <t>7633 Pécs, Építők útja 3/b. I.6.</t>
+          <t>1161 Budapest, Petőfi Sándor utca 78.</t>
         </is>
       </c>
       <c r="D411" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-019/2010.</t>
+          <t>Élővilág: SZ-038/2012.</t>
         </is>
       </c>
       <c r="F411" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="412" spans="1:6" customHeight="0">
       <c r="A412" s="0" t="inlineStr">
         <is>
-          <t>Unyi-Buzetzky Blanka</t>
+          <t>Uherkovich Ákos, dr.</t>
         </is>
       </c>
       <c r="B412" s="0" t="inlineStr">
         <is>
-          <t>Csongrád-Csanád</t>
+          <t>Baranya</t>
         </is>
       </c>
       <c r="C412" s="0" t="inlineStr">
         <is>
-          <t>6500 Baja, Czirfusz Ferenc u. 26/b., buzetzky.blanka@gmail.com</t>
+          <t>7633 Pécs, Építők útja 3/b. I.6.</t>
         </is>
       </c>
       <c r="D412" s="0" t="inlineStr">
         <is>
-          <t>Tájvédelem: SZ-011/2015.</t>
+          <t>Élővilág: SZ-019/2010.</t>
         </is>
       </c>
       <c r="F412" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="413" spans="1:6" customHeight="0">
       <c r="A413" s="0" t="inlineStr">
         <is>
-          <t>Váczi Miklós</t>
+          <t>Unyi-Buzetzky Blanka</t>
         </is>
       </c>
       <c r="B413" s="0" t="inlineStr">
         <is>
-          <t>Győr-Moson-Sopron</t>
+          <t>Csongrád-Csanád</t>
         </is>
       </c>
       <c r="C413" s="0" t="inlineStr">
         <is>
-          <t>9423 Ágfalva, Soproni u. 20., vaczister@gmail.com</t>
+          <t>6500 Baja, Czirfusz Ferenc u. 26/b., buzetzky.blanka@gmail.com</t>
         </is>
       </c>
       <c r="D413" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-009/2025.</t>
+          <t>Tájvédelem: SZ-011/2015.</t>
         </is>
       </c>
       <c r="F413" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="414" spans="1:6" customHeight="0">
       <c r="A414" s="0" t="inlineStr">
         <is>
-          <t>Valánszki István Dr.</t>
+          <t>Váczi Miklós</t>
         </is>
       </c>
       <c r="B414" s="0" t="inlineStr">
         <is>
-          <t>Budapest</t>
+          <t>Győr-Moson-Sopron</t>
         </is>
       </c>
       <c r="C414" s="0" t="inlineStr">
         <is>
-          <t>1094 Budapest, Balázs Béla utca 16. 2/6., valanszki.istvan@uni-mate.hu</t>
+          <t>9423 Ágfalva, Soproni u. 20., vaczister@gmail.com</t>
         </is>
       </c>
       <c r="D414" s="0" t="inlineStr">
         <is>
-          <t>Tájvédelem: SZ-007/2018.</t>
+          <t>Élővilág: SZ-009/2025.</t>
         </is>
       </c>
       <c r="F414" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="415" spans="1:6" customHeight="0">
       <c r="A415" s="0" t="inlineStr">
         <is>
-          <t>Varga Adrienn Beáta</t>
+          <t>Valánszki István Dr.</t>
         </is>
       </c>
       <c r="B415" s="0" t="inlineStr">
         <is>
-          <t>Hajdú-Bihar</t>
+          <t>Budapest</t>
         </is>
       </c>
       <c r="C415" s="0" t="inlineStr">
         <is>
-          <t>4002 Debrecen, Boros utca 26., vargaadrienn@nnk.hu</t>
+          <t>1094 Budapest, Balázs Béla utca 16. 2/6., valanszki.istvan@uni-mate.hu</t>
         </is>
       </c>
       <c r="D415" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: Sz-012/2023.</t>
+          <t>Tájvédelem: SZ-007/2018.</t>
         </is>
       </c>
       <c r="F415" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="416" spans="1:6" customHeight="0">
       <c r="A416" s="0" t="inlineStr">
         <is>
-          <t>Varga Csaba</t>
+          <t>Varga Adrienn Beáta</t>
         </is>
       </c>
       <c r="B416" s="0" t="inlineStr">
         <is>
-          <t>Pest</t>
+          <t>Hajdú-Bihar</t>
         </is>
       </c>
       <c r="C416" s="0" t="inlineStr">
         <is>
-          <t>2621 Verőce, Béke köz 9.</t>
+          <t>4002 Debrecen, Boros utca 26., vargaadrienn@nnk.hu</t>
         </is>
       </c>
       <c r="D416" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-003/2015., Tájvédelem: SZ-003/2015.</t>
+          <t>Élővilág: Sz-012/2023.</t>
         </is>
       </c>
       <c r="F416" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="417" spans="1:6" customHeight="0">
       <c r="A417" s="0" t="inlineStr">
         <is>
-          <t>Varga Ildikó</t>
+          <t>Varga Csaba</t>
         </is>
       </c>
       <c r="B417" s="0" t="inlineStr">
         <is>
           <t>Pest</t>
         </is>
       </c>
       <c r="C417" s="0" t="inlineStr">
         <is>
-          <t>2000 Szentendre, Széchenyi István tér 34. fsz. 5., ildiko.varga22@gmail.com</t>
+          <t>2621 Verőce, Béke köz 9.</t>
         </is>
       </c>
       <c r="D417" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-006/2025.</t>
+          <t>Élővilág: SZ-003/2015., Tájvédelem: SZ-003/2015.</t>
         </is>
       </c>
       <c r="F417" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="418" spans="1:6" customHeight="0">
       <c r="A418" s="0" t="inlineStr">
         <is>
-          <t>Varga József Sándor</t>
+          <t>Varga Ildikó</t>
         </is>
       </c>
       <c r="B418" s="0" t="inlineStr">
         <is>
-          <t>Hajdú-Bihar</t>
+          <t>Pest</t>
         </is>
       </c>
       <c r="C418" s="0" t="inlineStr">
         <is>
-          <t>4031 Debrecen, Bezerédj utca 50.</t>
+          <t>2000 Szentendre, Széchenyi István tér 34. fsz. 5., ildiko.varga22@gmail.com</t>
         </is>
       </c>
       <c r="D418" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-009/2015.</t>
+          <t>Élővilág: SZ-006/2025.</t>
         </is>
       </c>
       <c r="F418" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="419" spans="1:6" customHeight="0">
       <c r="A419" s="0" t="inlineStr">
         <is>
-          <t>Vaszócsik Vilja</t>
+          <t>Varga József Sándor</t>
         </is>
       </c>
       <c r="B419" s="0" t="inlineStr">
         <is>
-          <t>Budapest</t>
+          <t>Hajdú-Bihar</t>
         </is>
       </c>
       <c r="C419" s="0" t="inlineStr">
         <is>
-          <t>1158 Budapest, Adria u. 51/a</t>
+          <t>4031 Debrecen, Bezerédj utca 50.</t>
         </is>
       </c>
       <c r="D419" s="0" t="inlineStr">
         <is>
-          <t>Tájvédelem: Sz-056/2014.</t>
+          <t>Élővilág: SZ-009/2015.</t>
         </is>
       </c>
       <c r="F419" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="420" spans="1:6" customHeight="0">
       <c r="A420" s="0" t="inlineStr">
         <is>
-          <t>Végh Mihály</t>
+          <t>Vaszócsik Vilja</t>
         </is>
       </c>
       <c r="B420" s="0" t="inlineStr">
         <is>
-          <t>Komárom-Esztergom</t>
+          <t>Budapest</t>
         </is>
       </c>
       <c r="C420" s="0" t="inlineStr">
         <is>
-          <t>2521 Csolnok, Vörösmarty utca 14.</t>
+          <t>1158 Budapest, Adria u. 51/a</t>
         </is>
       </c>
       <c r="D420" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-042/2008.</t>
+          <t>Tájvédelem: Sz-056/2014.</t>
         </is>
       </c>
       <c r="F420" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="421" spans="1:6" customHeight="0">
       <c r="A421" s="0" t="inlineStr">
         <is>
-          <t>Veprik Róbert Áron</t>
+          <t>Végh Mihály</t>
         </is>
       </c>
       <c r="B421" s="0" t="inlineStr">
         <is>
-          <t>Csongrád-Csanád</t>
+          <t>Komárom-Esztergom</t>
         </is>
       </c>
       <c r="C421" s="0" t="inlineStr">
         <is>
-          <t>6792 Zsombó, Szegedi út 69.</t>
+          <t>2521 Csolnok, Vörösmarty utca 14.</t>
         </is>
       </c>
       <c r="D421" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: Sz-015/2019.</t>
+          <t>Élővilág: SZ-042/2008.</t>
         </is>
       </c>
       <c r="F421" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="422" spans="1:6" customHeight="0">
       <c r="A422" s="0" t="inlineStr">
         <is>
-          <t>Veres József</t>
+          <t>Veprik Róbert Áron</t>
         </is>
       </c>
       <c r="B422" s="0" t="inlineStr">
         <is>
-          <t>Szabolcs-Szatmár-Bereg</t>
+          <t>Csongrád-Csanád</t>
         </is>
       </c>
       <c r="C422" s="0" t="inlineStr">
         <is>
-          <t>4400 Nyíregyháza, Sarkantyú út 7. II/8.</t>
+          <t>6792 Zsombó, Szegedi út 69.</t>
         </is>
       </c>
       <c r="D422" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-041/2009., Tájvédelem: SZ-041/2009.</t>
+          <t>Élővilág: Sz-015/2019.</t>
         </is>
       </c>
       <c r="F422" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="423" spans="1:6" customHeight="0">
       <c r="A423" s="0" t="inlineStr">
         <is>
-          <t>Verseczki Nikoletta</t>
+          <t>Veres József</t>
         </is>
       </c>
       <c r="B423" s="0" t="inlineStr">
         <is>
-          <t>Csongrád-Csanád</t>
+          <t>Szabolcs-Szatmár-Bereg</t>
         </is>
       </c>
       <c r="C423" s="0" t="inlineStr">
         <is>
-          <t>6750 Algyő, Komp u. 18.</t>
+          <t>4400 Nyíregyháza, Sarkantyú út 7. II/8.</t>
         </is>
       </c>
       <c r="D423" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: Sz-004/2020.</t>
+          <t>Élővilág: SZ-041/2009., Tájvédelem: SZ-041/2009.</t>
         </is>
       </c>
       <c r="F423" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="424" spans="1:6" customHeight="0">
       <c r="A424" s="0" t="inlineStr">
         <is>
-          <t>Veszelinov Ottó</t>
+          <t>Verseczki Nikoletta</t>
         </is>
       </c>
       <c r="B424" s="0" t="inlineStr">
         <is>
-          <t>Hajdú-Bihar</t>
+          <t>Csongrád-Csanád</t>
         </is>
       </c>
       <c r="C424" s="0" t="inlineStr">
         <is>
-          <t>4271 Mikepércs, Petőfi utca 59/2., zoldemberkft@gmail.com</t>
+          <t>6750 Algyő, Komp u. 18.</t>
         </is>
       </c>
       <c r="D424" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-027/2011., Tájvédelem: SZ-013/2023.</t>
+          <t>Élővilág: Sz-004/2020.</t>
         </is>
       </c>
       <c r="F424" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="425" spans="1:6" customHeight="0">
       <c r="A425" s="0" t="inlineStr">
         <is>
-          <t>Vidács Lívia Melinda</t>
+          <t>Veszelinov Ottó</t>
         </is>
       </c>
       <c r="B425" s="0" t="inlineStr">
         <is>
-          <t>Csongrád-Csanád</t>
+          <t>Hajdú-Bihar</t>
         </is>
       </c>
       <c r="C425" s="0" t="inlineStr">
         <is>
-          <t>6750 Algyő, Fazekas u 56.</t>
+          <t>4271 Mikepércs, Petőfi utca 59/2., zoldemberkft@gmail.com</t>
         </is>
       </c>
       <c r="D425" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: Sz-016/2019.</t>
+          <t>Élővilág: SZ-027/2011., Tájvédelem: SZ-013/2023.</t>
         </is>
       </c>
       <c r="F425" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="426" spans="1:6" customHeight="0">
       <c r="A426" s="0" t="inlineStr">
         <is>
-          <t>Vidéki Bianka Judit</t>
+          <t>Vidács Lívia Melinda</t>
         </is>
       </c>
       <c r="B426" s="0" t="inlineStr">
         <is>
-          <t>Budapest</t>
+          <t>Csongrád-Csanád</t>
         </is>
       </c>
       <c r="C426" s="0" t="inlineStr">
         <is>
-          <t>1115 Budapest, Fraknó u. 24/A. VI/20.</t>
+          <t>6750 Algyő, Fazekas u 56.</t>
         </is>
       </c>
       <c r="D426" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: Sz-067/2014.</t>
+          <t>Élővilág: Sz-016/2019.</t>
         </is>
       </c>
       <c r="F426" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="427" spans="1:6" customHeight="0">
       <c r="A427" s="0" t="inlineStr">
         <is>
-          <t>Vidéki Róbert</t>
+          <t>Vidéki Bianka Judit</t>
         </is>
       </c>
       <c r="B427" s="0" t="inlineStr">
         <is>
-          <t>Vas</t>
+          <t>Budapest</t>
         </is>
       </c>
       <c r="C427" s="0" t="inlineStr">
         <is>
-          <t>9794 Felsőcsatár, Petőfi utca 13.</t>
+          <t>1115 Budapest, Fraknó u. 24/A. VI/20.</t>
         </is>
       </c>
       <c r="D427" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-030/2009.</t>
+          <t>Élővilág: Sz-067/2014.</t>
         </is>
       </c>
       <c r="F427" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="428" spans="1:6" customHeight="0">
       <c r="A428" s="0" t="inlineStr">
         <is>
-          <t>Vincze Attila</t>
+          <t>Vidéki Róbert</t>
         </is>
       </c>
       <c r="B428" s="0" t="inlineStr">
         <is>
-          <t>Budapest</t>
+          <t>Vas</t>
         </is>
       </c>
       <c r="C428" s="0" t="inlineStr">
         <is>
-          <t>1116 Budapest, Karcag u. 57.</t>
+          <t>9794 Felsőcsatár, Petőfi utca 13.</t>
         </is>
       </c>
       <c r="D428" s="0" t="inlineStr">
         <is>
-          <t>Tájvédelem: Sz-015/2011.</t>
+          <t>Élővilág: SZ-030/2009.</t>
         </is>
       </c>
       <c r="F428" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="429" spans="1:6" customHeight="0">
       <c r="A429" s="0" t="inlineStr">
         <is>
-          <t>Vincze Vilmos Ádám</t>
+          <t>Vincze Attila</t>
         </is>
       </c>
       <c r="B429" s="0" t="inlineStr">
         <is>
           <t>Budapest</t>
         </is>
       </c>
       <c r="C429" s="0" t="inlineStr">
         <is>
-          <t>1021 Budapest, Budakeszi út 23.</t>
+          <t>1116 Budapest, Karcag u. 57.</t>
         </is>
       </c>
       <c r="D429" s="0" t="inlineStr">
         <is>
-          <t>Tájvédelem: SZ-011/2016.</t>
+          <t>Tájvédelem: Sz-015/2011.</t>
         </is>
       </c>
       <c r="F429" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="430" spans="1:6" customHeight="0">
       <c r="A430" s="0" t="inlineStr">
         <is>
-          <t>Vojtek Tímea</t>
+          <t>Vincze Vilmos Ádám</t>
         </is>
       </c>
       <c r="B430" s="0" t="inlineStr">
         <is>
-          <t>Fejér</t>
+          <t>Budapest</t>
         </is>
       </c>
       <c r="C430" s="0" t="inlineStr">
         <is>
-          <t>8000 Székesfehérvár, Eszéki u. 1.</t>
+          <t>1021 Budapest, Budakeszi út 23.</t>
         </is>
       </c>
       <c r="D430" s="0" t="inlineStr">
         <is>
-          <t>Tájvédelem: SZ-105/2010.</t>
+          <t>Tájvédelem: SZ-011/2016.</t>
         </is>
       </c>
       <c r="F430" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="431" spans="1:6" customHeight="0">
       <c r="A431" s="0" t="inlineStr">
         <is>
-          <t>Vona Márton, dr.</t>
+          <t>Vojtek Tímea</t>
         </is>
       </c>
       <c r="B431" s="0" t="inlineStr">
         <is>
-          <t>Budapest</t>
+          <t>Fejér</t>
         </is>
       </c>
       <c r="C431" s="0" t="inlineStr">
         <is>
-          <t>1122 Budapest, Városmajor utca 10.</t>
+          <t>8000 Székesfehérvár, Eszéki u. 1.</t>
         </is>
       </c>
       <c r="D431" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-027/2009., Tájvédelem: Sz-027/2009.</t>
+          <t>Tájvédelem: SZ-105/2010.</t>
         </is>
       </c>
       <c r="F431" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="432" spans="1:6" customHeight="0">
       <c r="A432" s="0" t="inlineStr">
         <is>
-          <t>Weiperth András, Dr.</t>
+          <t>Vona Márton, dr.</t>
         </is>
       </c>
       <c r="B432" s="0" t="inlineStr">
         <is>
           <t>Budapest</t>
         </is>
       </c>
       <c r="C432" s="0" t="inlineStr">
         <is>
-          <t>1026 Budapest, Endrődi Sándor utca 85/A, 1. emelet 2. ajtó, weiperth@gmail.com</t>
+          <t>1122 Budapest, Városmajor utca 10.</t>
         </is>
       </c>
       <c r="D432" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: Sz-015/2023.</t>
+          <t>Élővilág: SZ-027/2009., Tájvédelem: Sz-027/2009.</t>
         </is>
       </c>
       <c r="F432" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="433" spans="1:6" customHeight="0">
       <c r="A433" s="0" t="inlineStr">
         <is>
-          <t>Wiesner Györgyi</t>
+          <t>Weiperth András, Dr.</t>
         </is>
       </c>
       <c r="B433" s="0" t="inlineStr">
         <is>
           <t>Budapest</t>
         </is>
       </c>
       <c r="C433" s="0" t="inlineStr">
         <is>
-          <t>1152 Budapest, Oroszlán u. 96/A.</t>
+          <t>1026 Budapest, Endrődi Sándor utca 85/A, 1. emelet 2. ajtó, weiperth@gmail.com</t>
         </is>
       </c>
       <c r="D433" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-094/2010., Tájvédelem: SZ-031/2010.</t>
+          <t>Élővilág: Sz-015/2023.</t>
         </is>
       </c>
       <c r="F433" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="434" spans="1:6" customHeight="0">
       <c r="A434" s="0" t="inlineStr">
         <is>
-          <t>Winkler Dániel András,  Dr.</t>
+          <t>Wiesner Györgyi</t>
         </is>
       </c>
       <c r="B434" s="0" t="inlineStr">
         <is>
-          <t>Győr-Moson-Sopron</t>
+          <t>Budapest</t>
         </is>
       </c>
       <c r="C434" s="0" t="inlineStr">
         <is>
-          <t>9400 Sopron, Zrínyi u. 22.</t>
+          <t>1152 Budapest, Oroszlán u. 96/A.</t>
         </is>
       </c>
       <c r="D434" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-042/2012.</t>
+          <t>Élővilág: SZ-094/2010., Tájvédelem: SZ-031/2010.</t>
         </is>
       </c>
       <c r="F434" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="435" spans="1:6" customHeight="0">
       <c r="A435" s="0" t="inlineStr">
         <is>
-          <t>Zalai Tamás</t>
+          <t>Winkler Dániel András,  Dr.</t>
         </is>
       </c>
       <c r="B435" s="0" t="inlineStr">
         <is>
-          <t>Hajdú-Bihar</t>
+          <t>Győr-Moson-Sopron</t>
         </is>
       </c>
       <c r="C435" s="0" t="inlineStr">
         <is>
-          <t>4060 Balmazújváros, Debreceni utca 139., pittaelegans@gmail.com, +36302395544</t>
+          <t>9400 Sopron, Zrínyi u. 22.</t>
         </is>
       </c>
       <c r="D435" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-006/2010., Tájvédelem: SZ-006/2010.</t>
+          <t>Élővilág: SZ-042/2012.</t>
         </is>
       </c>
       <c r="F435" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="436" spans="1:6" customHeight="0">
       <c r="A436" s="0" t="inlineStr">
         <is>
-          <t>Zlinszky-Donát Eszter</t>
+          <t>Zalai Tamás</t>
         </is>
       </c>
       <c r="B436" s="0" t="inlineStr">
         <is>
-          <t>Pest</t>
+          <t>Hajdú-Bihar</t>
         </is>
       </c>
       <c r="C436" s="0" t="inlineStr">
         <is>
-          <t>2051 Biatorbágy, Karikó János utca 15.</t>
+          <t>4060 Balmazújváros, Debreceni utca 139., pittaelegans@gmail.com, +36302395544</t>
         </is>
       </c>
       <c r="D436" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-083/2010., Tájvédelem: SZ-083/2010.</t>
+          <t>Élővilág: SZ-006/2010., Tájvédelem: SZ-006/2010.</t>
         </is>
       </c>
       <c r="F436" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="437" spans="1:6" customHeight="0">
       <c r="A437" s="0" t="inlineStr">
         <is>
-          <t>Zobay Ferenc</t>
+          <t>Zlinszky-Donát Eszter</t>
         </is>
       </c>
       <c r="B437" s="0" t="inlineStr">
         <is>
-          <t>Borsod-Abaúj-Zemplén</t>
+          <t>Pest</t>
         </is>
       </c>
       <c r="C437" s="0" t="inlineStr">
         <is>
-          <t>3534 Miskolc, Kempelen Farkas u. 2. III/1</t>
+          <t>2051 Biatorbágy, Karikó János utca 15.</t>
         </is>
       </c>
       <c r="D437" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-025/2012.</t>
+          <t>Élővilág: SZ-083/2010., Tájvédelem: SZ-083/2010.</t>
         </is>
       </c>
       <c r="F437" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="438" spans="1:6" customHeight="0">
       <c r="A438" s="0" t="inlineStr">
         <is>
-          <t>Zsigmond Vince</t>
+          <t>Zobay Ferenc</t>
         </is>
       </c>
       <c r="B438" s="0" t="inlineStr">
         <is>
-          <t>Budapest</t>
+          <t>Borsod-Abaúj-Zemplén</t>
         </is>
       </c>
       <c r="C438" s="0" t="inlineStr">
         <is>
-          <t>1028 Budapest, Hidegkúti út 187/A.</t>
+          <t>3534 Miskolc, Kempelen Farkas u. 2. III/1</t>
         </is>
       </c>
       <c r="D438" s="0" t="inlineStr">
         <is>
-          <t>Élővilág: SZ-052/2014.</t>
+          <t>Élővilág: SZ-025/2012.</t>
         </is>
       </c>
       <c r="F438" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="439" spans="1:6" customHeight="0">
       <c r="A439" s="0" t="inlineStr">
         <is>
-          <t>Zsila László</t>
+          <t>Zsigmond Vince</t>
         </is>
       </c>
       <c r="B439" s="0" t="inlineStr">
         <is>
-          <t>Hajdú-Bihar</t>
+          <t>Budapest</t>
         </is>
       </c>
       <c r="C439" s="0" t="inlineStr">
         <is>
-          <t>4225 Debrecen, Elek u. 17.</t>
+          <t>1028 Budapest, Hidegkúti út 187/A.</t>
         </is>
       </c>
       <c r="D439" s="0" t="inlineStr">
         <is>
-          <t>Tájvédelem: Sz-030/2013.</t>
+          <t>Élővilág: SZ-052/2014.</t>
         </is>
       </c>
       <c r="F439" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
     <row r="440" spans="1:6" customHeight="0">
       <c r="A440" s="0" t="inlineStr">
         <is>
+          <t>Zsila László</t>
+        </is>
+      </c>
+      <c r="B440" s="0" t="inlineStr">
+        <is>
+          <t>Hajdú-Bihar</t>
+        </is>
+      </c>
+      <c r="C440" s="0" t="inlineStr">
+        <is>
+          <t>4225 Debrecen, Elek u. 17.</t>
+        </is>
+      </c>
+      <c r="D440" s="0" t="inlineStr">
+        <is>
+          <t>Tájvédelem: Sz-030/2013.</t>
+        </is>
+      </c>
+      <c r="F440" s="0" t="inlineStr">
+        <is>
+          <t>Aktív</t>
+        </is>
+      </c>
+    </row>
+    <row r="441" spans="1:6" customHeight="0">
+      <c r="A441" s="0" t="inlineStr">
+        <is>
           <t>Zsólyomi Tamás</t>
         </is>
       </c>
-      <c r="B440" s="0" t="inlineStr">
+      <c r="B441" s="0" t="inlineStr">
         <is>
           <t>Borsod-Abaúj-Zemplén</t>
         </is>
       </c>
-      <c r="C440" s="0" t="inlineStr">
+      <c r="C441" s="0" t="inlineStr">
         <is>
           <t>3910 Tokaj, Esze Tamás utca 37.</t>
         </is>
       </c>
-      <c r="D440" s="0" t="inlineStr">
+      <c r="D441" s="0" t="inlineStr">
         <is>
           <t>Élővilág: SZ-008/2018.</t>
         </is>
       </c>
-      <c r="F440" s="0" t="inlineStr">
+      <c r="F441" s="0" t="inlineStr">
         <is>
           <t>Aktív</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>OpenSpout</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>